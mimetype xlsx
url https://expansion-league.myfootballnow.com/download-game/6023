--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -551,102 +551,102 @@
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-8-SLS 21 (11:46) 8-Kirk Bennett pass complete to 17-Richard Guerrero to SLS 11 for 10 yards. Tackle by 36-Matthew Holder. PENALTY - Pass Interference (SLS 36-Matthew Holder) (Declined)</t>
   </si>
   <si>
     <t>#82 Gregory Riley - WR</t>
   </si>
   <si>
     <t>11:41</t>
   </si>
   <si>
     <t>SLS 11</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-SLS 11 (11:42) 32-Richard Nelson ran to SLS 14 for -2 yards. Tackle by 62-Micheal Worden.</t>
   </si>
   <si>
-    <t>#16 Carl Condron - WR</t>
+    <t>#86 Carl Condron - WR</t>
   </si>
   <si>
     <t>10:59</t>
   </si>
   <si>
     <t>SLS 14</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>2-12-SLS 14 (10:58) 8-Kirk Bennett pass complete to 15-Earl Staples to SLS 10 for 4 yards. Tackle by 51-John Loyd.</t>
   </si>
   <si>
     <t>10:15</t>
   </si>
   <si>
     <t>SLS 10</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-9-SLS 10 (10:14) 32-Richard Nelson ran to SLS 11 for -1 yards. Tackle by 65-Richard Booth.</t>
   </si>
   <si>
     <t>9:38</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-10-SLS 11 (9:37) 1-Paul Newson 28 yard field goal is GOOD. SLS 0 VAN 3</t>
   </si>
   <si>
     <t>#1 Paul Newson - K</t>
   </si>
   <si>
     <t>#53 Marshall Gordon - SLB</t>
   </si>
   <si>
     <t>#61 Larry Downey - RG</t>
   </si>
   <si>
-    <t>#63 Leroy Vasquez - LG</t>
+    <t>#76 Leroy Vasquez - LT</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>VAN 35</t>
   </si>
   <si>
     <t>(9:35) 1-Paul Newson kicks 74 yards from VAN 35 to SLS -9. Touchback.</t>
   </si>
   <si>
     <t>#86 Kevin Finn - WR</t>
   </si>
   <si>
     <t>SLS 25</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-SLS 25 (9:35) 8-Mitchell Snow pass complete to 86-Kevin Finn to SLS 44 for 19 yards. Tackle by 27-Van Toney.</t>
   </si>
@@ -932,51 +932,51 @@
   <si>
     <t>SLS 45</t>
   </si>
   <si>
     <t>4-2-SLS 45 (2:08) 19-Jeffrey Costello punts 48 yards to VAN 7.</t>
   </si>
   <si>
     <t>1:57</t>
   </si>
   <si>
     <t>VAN 7</t>
   </si>
   <si>
     <t>1-10-VAN 7 (1:58) 8-Kirk Bennett pass complete to 17-Richard Guerrero for 93 yards. TOUCHDOWN! SLS 0 VAN 9</t>
   </si>
   <si>
     <t>1:45</t>
   </si>
   <si>
     <t>SLS 15</t>
   </si>
   <si>
     <t>(1:46) Extra point GOOD by 1-Paul Newson. SLS 0 VAN 10</t>
   </si>
   <si>
-    <t>#65 James Gray - LG</t>
+    <t>#70 James Gray - LG</t>
   </si>
   <si>
     <t>(1:46) 1-Paul Newson kicks 74 yards from VAN 35 to SLS -9. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-SLS 25 (1:46) 21-James Sprague ran to SLS 29 for 4 yards. Tackle by 23-David Stokes. VAN 92-William Blue was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>1:04</t>
   </si>
   <si>
     <t>SLS 29</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal SLB Middle Blitz</t>
   </si>