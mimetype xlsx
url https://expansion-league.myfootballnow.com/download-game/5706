--- v0 (2025-12-30)
+++ v1 (2026-01-27)
@@ -524,51 +524,51 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-16-VAN 35 (13:05) 3-Ralph Shinn punts 44 yards to VIN 20. 35-William Arbuckle to VIN 23 for 3 yards. Tackle by 99-Cedric Cox.</t>
   </si>
   <si>
     <t>#3 Ralph Shinn - P</t>
   </si>
   <si>
     <t>#74 John Mullinix - RT</t>
   </si>
   <si>
     <t>#35 William Arbuckle - RB</t>
   </si>
   <si>
     <t>#84 Anthony Graff - WR</t>
   </si>
   <si>
     <t>#63 Leroy Vasquez - LG</t>
   </si>
   <si>
-    <t>#76 Nicholas Evans - RT</t>
+    <t>#67 Nicholas Evans - RT</t>
   </si>
   <si>
     <t>#1 Richard Rupert - SLB</t>
   </si>
   <si>
     <t>#99 Claud Caldwell - WLB</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>VIN 23</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-VIN 23 (12:58) 39-Jeremy Bentley ran to VIN 26 for 3 yards. Tackle by 58-Robert Worsham.</t>
   </si>
   <si>
     <t>#13 Edwin Redford - QB</t>
   </si>
@@ -671,102 +671,102 @@
   <si>
     <t>2-10-VIN 34 (10:31) 35-William Arbuckle ran to VIN 44 for 10 yards. Tackle by 25-Adam Klein.</t>
   </si>
   <si>
     <t>#54 Rafael Razer - SLB</t>
   </si>
   <si>
     <t>9:53</t>
   </si>
   <si>
     <t>VIN 44</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>1-10-VIN 44 (9:52) 13-Edwin Redford pass Pass knocked down by 27-Van Toney. incomplete, intended for 35-William Arbuckle.</t>
   </si>
   <si>
     <t>#37 John Schulze - RB</t>
   </si>
   <si>
     <t>#82 Louie Bunting - WR</t>
   </si>
   <si>
-    <t>#10 Charles Kennison - WR</t>
+    <t>#17 Charles Kennison - WR</t>
   </si>
   <si>
     <t>#20 Joe Felton - CB</t>
   </si>
   <si>
     <t>#21 Ricky Reynolds - CB</t>
   </si>
   <si>
     <t>#31 David Jackson - CB</t>
   </si>
   <si>
     <t>9:49</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-10-VIN 44 (9:50) 35-William Arbuckle ran to VAN 45 for 11 yards. Tackle by 22-Joe Smallwood.</t>
   </si>
   <si>
     <t>9:08</t>
   </si>
   <si>
     <t>VAN 45</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-VAN 45 (9:07) 13-Edwin Redford pass complete to 83-Joseph John to VAN 40 for 5 yards. Tackle by 20-Joe Felton.</t>
   </si>
   <si>
     <t>8:22</t>
   </si>
   <si>
     <t>VAN 40</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>2-5-VAN 40 (8:21) 37-John Schulze ran to VAN 30 for 11 yards. Tackle by 21-Ricky Reynolds.</t>
   </si>
   <si>
-    <t>#51 Mario Luckett - MLB</t>
+    <t>#58 Mario Luckett - MLB</t>
   </si>
   <si>
     <t>7:40</t>
   </si>
   <si>
     <t>VAN 30</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-VAN 30 (7:39) 37-John Schulze ran to VAN 22 for 8 yards. Tackle by 21-Ricky Reynolds.</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
   <si>
     <t>VAN 22</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>