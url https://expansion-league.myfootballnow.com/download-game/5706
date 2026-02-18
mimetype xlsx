--- v1 (2026-01-27)
+++ v2 (2026-02-18)
@@ -422,51 +422,51 @@
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>VAN 31</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-4-VAN 31 (14:26) 84-Scott Jones ran to VAN 41 for 10 yards. Tackle by 31-Ricky Scipio. VAN 89-Steven Normand was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#84 Scott Jones - WR</t>
   </si>
   <si>
     <t>#86 Raymond Williams - TE</t>
   </si>
   <si>
     <t>#59 Robert Lemen - SLB</t>
   </si>
   <si>
-    <t>#51 William Wharton - WLB</t>
+    <t>#57 William Wharton - WLB</t>
   </si>
   <si>
     <t>#2 James Davis - FS</t>
   </si>
   <si>
     <t>13:49</t>
   </si>
   <si>
     <t>VAN 41</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Slot Drag</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>1-10-VAN 41 (13:48) 7-Patrick Long pass Pass knocked down by 47-Gregory Woods. incomplete, intended for 14-Carlos Delcastillo.</t>
   </si>
   <si>
     <t>#82 Gregory Riley - WR</t>
   </si>
   <si>
     <t>#47 Gregory Woods - SS</t>
   </si>