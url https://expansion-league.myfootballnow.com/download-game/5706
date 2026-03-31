--- v2 (2026-02-18)
+++ v3 (2026-03-31)
@@ -281,54 +281,54 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>VAN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>VIN</t>
   </si>
   <si>
     <t>VIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 11-James Defranco kicks 75 yards from VIN 35 to VAN -10. Touchback.</t>
   </si>
   <si>
-    <t>#14 Carlos Delcastillo - WR</t>
-[...2 lines deleted...]
-    <t>#90 Terrance McKay - DT</t>
+    <t>#82 Carlos Delcastillo - WR</t>
+  </si>
+  <si>
+    <t>#91 Terrance McKay - DT</t>
   </si>
   <si>
     <t>#26 David Minter - CB</t>
   </si>
   <si>
     <t>#99 Cedric Cox - RDE</t>
   </si>
   <si>
     <t>#96 Michael Lambert - LDE</t>
   </si>
   <si>
     <t>#22 Joe Smallwood - SS</t>
   </si>
   <si>
     <t>#58 Robert Worsham - SLB</t>
   </si>
   <si>
     <t>#91 Daniel Reese - RDE</t>
   </si>
   <si>
     <t>#92 William Blue - LDE</t>
   </si>
   <si>
     <t>#93 David Gorman - DT</t>
   </si>
@@ -518,54 +518,54 @@
   <si>
     <t>13:06</t>
   </si>
   <si>
     <t>VAN 35</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-16-VAN 35 (13:05) 3-Ralph Shinn punts 44 yards to VIN 20. 35-William Arbuckle to VIN 23 for 3 yards. Tackle by 99-Cedric Cox.</t>
   </si>
   <si>
     <t>#3 Ralph Shinn - P</t>
   </si>
   <si>
     <t>#74 John Mullinix - RT</t>
   </si>
   <si>
     <t>#35 William Arbuckle - RB</t>
   </si>
   <si>
-    <t>#84 Anthony Graff - WR</t>
-[...2 lines deleted...]
-    <t>#63 Leroy Vasquez - LG</t>
+    <t>#81 Anthony Graff - WR</t>
+  </si>
+  <si>
+    <t>#76 Leroy Vasquez - LT</t>
   </si>
   <si>
     <t>#67 Nicholas Evans - RT</t>
   </si>
   <si>
     <t>#1 Richard Rupert - SLB</t>
   </si>
   <si>
     <t>#99 Claud Caldwell - WLB</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>VIN 23</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-VIN 23 (12:58) 39-Jeremy Bentley ran to VIN 26 for 3 yards. Tackle by 58-Robert Worsham.</t>
   </si>
@@ -575,51 +575,51 @@
   <si>
     <t>#39 Jeremy Bentley - RB</t>
   </si>
   <si>
     <t>#38 Jason Mancuso - FB</t>
   </si>
   <si>
     <t>#84 Kenneth Valliere - TE</t>
   </si>
   <si>
     <t>#88 Louis Tedesco - TE</t>
   </si>
   <si>
     <t>#58 Ernest Henson - LT</t>
   </si>
   <si>
     <t>#71 James Singh - LG</t>
   </si>
   <si>
     <t>#79 Valentin Singer - C</t>
   </si>
   <si>
     <t>#73 Richard Marvin - RG</t>
   </si>
   <si>
-    <t>#77 Paul Carter - RT</t>
+    <t>#56 Paul Carter - RT</t>
   </si>
   <si>
     <t>#98 Raymond Davis - DT</t>
   </si>
   <si>
     <t>#97 Douglas McMillon - WLB</t>
   </si>
   <si>
     <t>#57 Christian Simmons - WLB</t>
   </si>
   <si>
     <t>#27 Van Toney - CB</t>
   </si>
   <si>
     <t>#25 Adam Klein - CB</t>
   </si>
   <si>
     <t>12:23</t>
   </si>
   <si>
     <t>VIN 26</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
@@ -665,51 +665,51 @@
   <si>
     <t>10:32</t>
   </si>
   <si>
     <t>VIN 34</t>
   </si>
   <si>
     <t>2-10-VIN 34 (10:31) 35-William Arbuckle ran to VIN 44 for 10 yards. Tackle by 25-Adam Klein.</t>
   </si>
   <si>
     <t>#54 Rafael Razer - SLB</t>
   </si>
   <si>
     <t>9:53</t>
   </si>
   <si>
     <t>VIN 44</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>1-10-VIN 44 (9:52) 13-Edwin Redford pass Pass knocked down by 27-Van Toney. incomplete, intended for 35-William Arbuckle.</t>
   </si>
   <si>
-    <t>#37 John Schulze - RB</t>
+    <t>#49 John Schulze - RB</t>
   </si>
   <si>
     <t>#82 Louie Bunting - WR</t>
   </si>
   <si>
     <t>#17 Charles Kennison - WR</t>
   </si>
   <si>
     <t>#20 Joe Felton - CB</t>
   </si>
   <si>
     <t>#21 Ricky Reynolds - CB</t>
   </si>
   <si>
     <t>#31 David Jackson - CB</t>
   </si>
   <si>
     <t>9:49</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
@@ -776,51 +776,51 @@
   <si>
     <t>6:27</t>
   </si>
   <si>
     <t>VAN 20</t>
   </si>
   <si>
     <t>1-10-VAN 20 (6:26) 13-Edwin Redford pass complete to 82-Louie Bunting to VAN 8 for 12 yards. Tackle by 20-Joe Felton. VIN 82-Louie Bunting was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:52</t>
   </si>
   <si>
     <t>VAN 8</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-8-VAN 8 (5:51) 39-Jeremy Bentley ran to VAN 1 for 7 yards. Tackle by 51-Mario Luckett. VIN 39-Jeremy Bentley was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#29 Alexander Butler - CB</t>
+    <t>#27 Alexander Butler - SS</t>
   </si>
   <si>
     <t>5:09</t>
   </si>
   <si>
     <t>VAN 1</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>2-1-VAN 1 (5:08) 35-William Arbuckle ran for 1 yards. TOUCHDOWN! VAN 0 VIN 6</t>
   </si>
   <si>
     <t>5:04</t>
   </si>
   <si>
     <t>VAN 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>