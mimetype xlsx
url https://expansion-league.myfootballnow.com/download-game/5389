--- v0 (2025-11-07)
+++ v1 (2025-12-18)
@@ -452,51 +452,51 @@
   <si>
     <t>3-2-MAC 33 (13:37) 28-Barry Smith ran to MAC 36 for 3 yards. Tackle by 52-Joe Carlson. CAG 28-Robert Boler was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#49 Paul Fields - SS</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>MAC 36</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-MAC 36 (12:56) 28-Barry Smith ran to MAC 37 for 1 yards. Tackle by 54-Charles Bogle.</t>
   </si>
   <si>
     <t>#99 Johnnie Leonard - SLB</t>
   </si>
   <si>
-    <t>#40 Danny Johnson - CB</t>
+    <t>#39 Danny Johnson - SS</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>MAC 37</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-9-MAC 37 (12:14) 2-John Doan pass complete to 29-David Brown to MAC 47 for 10 yards. Tackle by 40-Ronnie Guth.</t>
   </si>
   <si>
     <t>#27 James Reyes - RB</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>MAC 47</t>
   </si>
@@ -551,51 +551,51 @@
   <si>
     <t>#87 Jason Hess - TE</t>
   </si>
   <si>
     <t>#17 Kenneth Fisher - WR</t>
   </si>
   <si>
     <t>#84 Robert Owens - WR</t>
   </si>
   <si>
     <t>#72 James Gutierrez - LT</t>
   </si>
   <si>
     <t>#82 Ron Bost - LG</t>
   </si>
   <si>
     <t>#59 Wilbert Berg - C</t>
   </si>
   <si>
     <t>#78 Mark Cowart - RG</t>
   </si>
   <si>
     <t>#55 Jeremiah Parks - RT</t>
   </si>
   <si>
-    <t>#90 David Doolittle - LDE</t>
+    <t>#60 David Doolittle - LDE</t>
   </si>
   <si>
     <t>#51 Corey Hernandez - SLB</t>
   </si>
   <si>
     <t>#42 Richard Beck - CB</t>
   </si>
   <si>
     <t>#31 Billie Labrecque - CB</t>
   </si>
   <si>
     <t>#35 Richard Hall - SS</t>
   </si>
   <si>
     <t>10:45</t>
   </si>
   <si>
     <t>CAG 46</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal 3 Deep Zone Under</t>
   </si>