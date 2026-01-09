--- v1 (2025-12-18)
+++ v2 (2026-01-09)
@@ -410,51 +410,51 @@
   <si>
     <t>#23 Guy Thrash - CB</t>
   </si>
   <si>
     <t>#34 Danny Oakes - SS</t>
   </si>
   <si>
     <t>#40 Ronnie Guth - FS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>MAC 26</t>
   </si>
   <si>
     <t>I Formation Normal Strong Flood</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-9-MAC 26 (14:15) 2-John Doan pass complete to 80-Darrell Kelley to MAC 33 for 8 yards. Tackle by 54-Charles Bogle.</t>
   </si>
   <si>
-    <t>#29 David Brown - FB</t>
+    <t>#20 David Brown - FB</t>
   </si>
   <si>
     <t>#52 Joe Carlson - SLB</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>MAC 33</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-2-MAC 33 (13:37) 28-Barry Smith ran to MAC 36 for 3 yards. Tackle by 52-Joe Carlson. CAG 28-Robert Boler was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#49 Paul Fields - SS</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
@@ -536,51 +536,51 @@
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-CAG 45 (11:27) 4-Juan Leblanc pass complete to 17-Kenneth Fisher to CAG 46 for 1 yards. Tackle by 49-Richard Beck.</t>
   </si>
   <si>
     <t>#4 Juan Leblanc - QB</t>
   </si>
   <si>
     <t>#10 Rick Wilburn - RB</t>
   </si>
   <si>
     <t>#86 Gordon Akers - RB</t>
   </si>
   <si>
     <t>#87 Jason Hess - TE</t>
   </si>
   <si>
     <t>#17 Kenneth Fisher - WR</t>
   </si>
   <si>
     <t>#84 Robert Owens - WR</t>
   </si>
   <si>
-    <t>#72 James Gutierrez - LT</t>
+    <t>#75 James Gutierrez - LT</t>
   </si>
   <si>
     <t>#82 Ron Bost - LG</t>
   </si>
   <si>
     <t>#59 Wilbert Berg - C</t>
   </si>
   <si>
     <t>#78 Mark Cowart - RG</t>
   </si>
   <si>
     <t>#55 Jeremiah Parks - RT</t>
   </si>
   <si>
     <t>#60 David Doolittle - LDE</t>
   </si>
   <si>
     <t>#51 Corey Hernandez - SLB</t>
   </si>
   <si>
     <t>#42 Richard Beck - CB</t>
   </si>
   <si>
     <t>#31 Billie Labrecque - CB</t>
   </si>
@@ -716,51 +716,51 @@
   <si>
     <t>7:56</t>
   </si>
   <si>
     <t>MAC 27</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-8-MAC 27 (7:55) 28-Barry Smith ran to MAC 27 for 1 yards. Tackle by 75-Michael Meeks.</t>
   </si>
   <si>
     <t>7:15</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>3-8-MAC 27 (7:14) 28-Barry Smith ran to MAC 28 for 1 yards. Tackle by 54-Charles Bogle.</t>
   </si>
   <si>
-    <t>#44 Glenn Huston - SS</t>
+    <t>#42 Glenn Huston - FS</t>
   </si>
   <si>
     <t>6:37</t>
   </si>
   <si>
     <t>MAC 28</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-MAC 28 (6:36) 1-Brian Phelps punts 48 yards to CAG 24. 86-Gordon Akers to CAG 30 for 7 yards. Tackle by 53-Willie Martinez.</t>
   </si>
   <si>
     <t>#1 Brian Phelps - P</t>
   </si>
   <si>
     <t>#87 Donald Fink - TE</t>
   </si>
   <si>
     <t>#64 Ryan Acevedo - LG</t>
   </si>