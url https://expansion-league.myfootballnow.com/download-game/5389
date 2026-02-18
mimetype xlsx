--- v2 (2026-01-09)
+++ v3 (2026-02-18)
@@ -452,51 +452,51 @@
   <si>
     <t>3-2-MAC 33 (13:37) 28-Barry Smith ran to MAC 36 for 3 yards. Tackle by 52-Joe Carlson. CAG 28-Robert Boler was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#49 Paul Fields - SS</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>MAC 36</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-MAC 36 (12:56) 28-Barry Smith ran to MAC 37 for 1 yards. Tackle by 54-Charles Bogle.</t>
   </si>
   <si>
     <t>#99 Johnnie Leonard - SLB</t>
   </si>
   <si>
-    <t>#39 Danny Johnson - SS</t>
+    <t>#48 Danny Johnson - SS</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>MAC 37</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-9-MAC 37 (12:14) 2-John Doan pass complete to 29-David Brown to MAC 47 for 10 yards. Tackle by 40-Ronnie Guth.</t>
   </si>
   <si>
     <t>#27 James Reyes - RB</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>MAC 47</t>
   </si>
@@ -923,51 +923,51 @@
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-MAC 25 (0:58) 2-John Doan pass complete to 28-Barry Smith to MAC 26 for 1 yards. Tackle by 52-Joe Carlson. CAG 52-Joe Carlson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:21</t>
   </si>
   <si>
     <t>2-9-MAC 26 (0:20) 28-Barry Smith ran to MAC 31 for 5 yards. Tackle by 25-John Vaccaro.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>MAC 31</t>
   </si>
   <si>
     <t>3-4-MAC 31 (15:00) 27-James Reyes ran to MAC 37 for 5 yards. Tackle by 99-Johnnie Leonard. PENALTY - Unnecessary Roughness (CAG 99-Johnnie Leonard)</t>
   </si>
   <si>
-    <t>#88 Larry Brooks - WR</t>
+    <t>#15 Larry Brooks - WR</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>CAG 48</t>
   </si>
   <si>
     <t>1-10-CAG 48 (14:58) 28-Barry Smith ran to CAG 49 for a short loss. Tackle by 75-Michael Meeks.</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>CAG 49</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>2-10-CAG 49 (14:21) 28-Barry Smith ran to CAG 39 for 10 yards. Tackle by 25-John Vaccaro. PENALTY - Holding (MAC 77-Michael Pineiro)</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>