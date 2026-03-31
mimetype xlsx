--- v3 (2026-02-18)
+++ v4 (2026-03-31)
@@ -344,159 +344,159 @@
   <si>
     <t>MAC 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-MAC 25 (15:00) 28-Barry Smith ran to MAC 26 for 1 yards. Tackle by 40-Ronnie Guth.</t>
   </si>
   <si>
     <t>#2 John Doan - QB</t>
   </si>
   <si>
     <t>#28 Barry Smith - RB</t>
   </si>
   <si>
     <t>#80 Darrell Kelley - TE</t>
   </si>
   <si>
     <t>#80 Ronnie Marcell - WR</t>
   </si>
   <si>
-    <t>#85 Frances Burch - WR</t>
+    <t>#86 Frances Burch - WR</t>
   </si>
   <si>
     <t>#77 Michael Pineiro - LT</t>
   </si>
   <si>
     <t>#66 Bryan Richardson - LG</t>
   </si>
   <si>
     <t>#55 Greg Travis - C</t>
   </si>
   <si>
     <t>#67 Alvin Lawson - RG</t>
   </si>
   <si>
     <t>#78 Tommy Clark - RT</t>
   </si>
   <si>
     <t>#93 Joseph Wilkinson - LDE</t>
   </si>
   <si>
     <t>#90 Alfred Harrington - DT</t>
   </si>
   <si>
-    <t>#53 Frank Ward - DT</t>
+    <t>#56 Frank Ward - DT</t>
   </si>
   <si>
     <t>#75 Michael Meeks - RDE</t>
   </si>
   <si>
-    <t>#25 John Vaccaro - MLB</t>
-[...2 lines deleted...]
-    <t>#54 Charles Bogle - WLB</t>
+    <t>#54 John Vaccaro - MLB</t>
+  </si>
+  <si>
+    <t>#90 Charles Bogle - WLB</t>
   </si>
   <si>
     <t>#28 Robert Boler - CB</t>
   </si>
   <si>
     <t>#29 Scot Dorr - CB</t>
   </si>
   <si>
     <t>#23 Guy Thrash - CB</t>
   </si>
   <si>
     <t>#34 Danny Oakes - SS</t>
   </si>
   <si>
     <t>#40 Ronnie Guth - FS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>MAC 26</t>
   </si>
   <si>
     <t>I Formation Normal Strong Flood</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-9-MAC 26 (14:15) 2-John Doan pass complete to 80-Darrell Kelley to MAC 33 for 8 yards. Tackle by 54-Charles Bogle.</t>
   </si>
   <si>
     <t>#20 David Brown - FB</t>
   </si>
   <si>
-    <t>#52 Joe Carlson - SLB</t>
+    <t>#54 Joe Carlson - SLB</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>MAC 33</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-2-MAC 33 (13:37) 28-Barry Smith ran to MAC 36 for 3 yards. Tackle by 52-Joe Carlson. CAG 28-Robert Boler was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#49 Paul Fields - SS</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>MAC 36</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-MAC 36 (12:56) 28-Barry Smith ran to MAC 37 for 1 yards. Tackle by 54-Charles Bogle.</t>
   </si>
   <si>
     <t>#99 Johnnie Leonard - SLB</t>
   </si>
   <si>
-    <t>#48 Danny Johnson - SS</t>
+    <t>#42 Danny Johnson - SS</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>MAC 37</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-9-MAC 37 (12:14) 2-John Doan pass complete to 29-David Brown to MAC 47 for 10 yards. Tackle by 40-Ronnie Guth.</t>
   </si>
   <si>
     <t>#27 James Reyes - RB</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>MAC 47</t>
   </si>
@@ -533,117 +533,117 @@
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-CAG 45 (11:27) 4-Juan Leblanc pass complete to 17-Kenneth Fisher to CAG 46 for 1 yards. Tackle by 49-Richard Beck.</t>
   </si>
   <si>
     <t>#4 Juan Leblanc - QB</t>
   </si>
   <si>
     <t>#10 Rick Wilburn - RB</t>
   </si>
   <si>
     <t>#86 Gordon Akers - RB</t>
   </si>
   <si>
     <t>#87 Jason Hess - TE</t>
   </si>
   <si>
     <t>#17 Kenneth Fisher - WR</t>
   </si>
   <si>
-    <t>#84 Robert Owens - WR</t>
+    <t>#87 Robert Owens - WR</t>
   </si>
   <si>
     <t>#75 James Gutierrez - LT</t>
   </si>
   <si>
     <t>#82 Ron Bost - LG</t>
   </si>
   <si>
     <t>#59 Wilbert Berg - C</t>
   </si>
   <si>
     <t>#78 Mark Cowart - RG</t>
   </si>
   <si>
     <t>#55 Jeremiah Parks - RT</t>
   </si>
   <si>
     <t>#60 David Doolittle - LDE</t>
   </si>
   <si>
     <t>#51 Corey Hernandez - SLB</t>
   </si>
   <si>
     <t>#42 Richard Beck - CB</t>
   </si>
   <si>
     <t>#31 Billie Labrecque - CB</t>
   </si>
   <si>
-    <t>#35 Richard Hall - SS</t>
+    <t>#41 Richard Hall - SS</t>
   </si>
   <si>
     <t>10:45</t>
   </si>
   <si>
     <t>CAG 46</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-9-CAG 46 (10:44) 10-Rick Wilburn ran to MAC 43 for 11 yards. Tackle by 45-Andrew Moss.</t>
   </si>
   <si>
     <t>9:59</t>
   </si>
   <si>
     <t>MAC 43</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-MAC 43 (9:58) 4-Juan Leblanc pass complete to 87-Jason Hess to MAC 34 for 9 yards. Tackle by 31-Billie Labrecque.</t>
   </si>
   <si>
     <t>#89 Travis Villarreal - TE</t>
   </si>
   <si>
-    <t>#94 Damon Craighead - LDE</t>
+    <t>#97 Damon Craighead - LDE</t>
   </si>
   <si>
     <t>9:16</t>
   </si>
   <si>
     <t>MAC 34</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-1-MAC 34 (9:15) 4-Juan Leblanc pass Pass knocked down by 53-Willie Martinez. incomplete, intended for 84-Robert Owens.</t>
   </si>
   <si>
     <t>#18 Mark Raygoza - WR</t>
   </si>
   <si>
     <t>#80 Rickey Vaughan - WR</t>
   </si>
   <si>
     <t>#48 Albert Mata - FS</t>
   </si>
@@ -674,51 +674,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-MAC 35 (8:32) 1-Michael Berry 53 yard field goal is GOOD. MAC 0 CAG 3</t>
   </si>
   <si>
     <t>#14 James Henderson - QB</t>
   </si>
   <si>
     <t>#78 James Schmeling - LG</t>
   </si>
   <si>
     <t>#77 Dana Huff - LT</t>
   </si>
   <si>
     <t>#66 John Clouse - RT</t>
   </si>
   <si>
     <t>#73 Anthony Salmons - RG</t>
   </si>
   <si>
-    <t>#93 Raymond Mitchell - RDE</t>
+    <t>#56 Raymond Mitchell - RDE</t>
   </si>
   <si>
     <t>#59 Kenneth Costa - WLB</t>
   </si>
   <si>
     <t>8:28</t>
   </si>
   <si>
     <t>(8:29) 1-Michael Berry kicks 74 yards from CAG 35 to MAC -9. Touchback.</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
   <si>
     <t>1-10-MAC 25 (8:29) 28-Barry Smith ran to MAC 27 for 2 yards. Tackle by 90-Alfred Harrington.</t>
   </si>
   <si>
     <t>7:56</t>
   </si>
   <si>
     <t>MAC 27</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>