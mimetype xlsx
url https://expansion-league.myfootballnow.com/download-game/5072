--- v0 (2025-10-16)
+++ v1 (2025-11-07)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>MAC has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>VAN</t>
   </si>
   <si>
     <t>VAN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Paul Newson kicks 74 yards from VAN 35 to MAC -9. Touchback.</t>
   </si>
   <si>
     <t>#20 Caleb Gordon - RB</t>
   </si>
   <si>
-    <t>#15 Ronnie Marcell - WR</t>
+    <t>#80 Ronnie Marcell - WR</t>
   </si>
   <si>
     <t>#92 Jeff Barber - LDE</t>
   </si>
   <si>
     <t>#33 Joseph Spellman - CB</t>
   </si>
   <si>
     <t>#57 Stephen Broussard - WLB</t>
   </si>
   <si>
     <t>#50 John Bailey - WLB</t>
   </si>
   <si>
     <t>#42 Kenneth Rieth - SS</t>
   </si>
   <si>
     <t>#99 Edward Calaway - DT</t>
   </si>
   <si>
     <t>#45 Andrew Moss - FS</t>
   </si>
   <si>
     <t>#12 John Holt - WR</t>
   </si>
@@ -338,51 +338,51 @@
   <si>
     <t>#1 Paul Newson - K</t>
   </si>
   <si>
     <t>MAC</t>
   </si>
   <si>
     <t>MAC 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-MAC 25 (15:00) 29-David Brown ran to MAC 27 for 2 yards. Tackle by 50-Demarcus Nazario.</t>
   </si>
   <si>
     <t>#8 John Wilson - QB</t>
   </si>
   <si>
     <t>#29 David Brown - FB</t>
   </si>
   <si>
-    <t>#18 Andrew Scott - WR</t>
+    <t>#80 Andrew Scott - WR</t>
   </si>
   <si>
     <t>#77 James Seitz - LT</t>
   </si>
   <si>
     <t>#66 Bryan Richardson - LG</t>
   </si>
   <si>
     <t>#60 Michael Hill - C</t>
   </si>
   <si>
     <t>#52 Oscar Bailey - RG</t>
   </si>
   <si>
     <t>#78 Tommy Clark - RT</t>
   </si>
   <si>
     <t>#99 Marvin Loe - LDE</t>
   </si>
   <si>
     <t>#90 Alfred Harrington - DT</t>
   </si>
   <si>
     <t>#72 Lance Brown - DT</t>
   </si>
@@ -431,78 +431,78 @@
   <si>
     <t>2-8-MAC 27 (14:23) 9-John Wilson pass complete to 18-Andrew Scott to MAC 29 for 2 yards. Tackle by 20-Joe Felton. MAC 60-Michael Hill was injured on the play. He looks like he should be able to return. VAN 90-Alfred Harrington was injured on the play. He looks like he should be able to return. VAN 57-Christian Simmons was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#80 Darrell Kelley - TE</t>
   </si>
   <si>
     <t>#97 Douglas McMillon - WLB</t>
   </si>
   <si>
     <t>13:46</t>
   </si>
   <si>
     <t>MAC 29</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-6-MAC 29 (13:45) 9-John Wilson pass complete to 80-Darrell Kelley to MAC 35 for 5 yards. Tackle by 21-Ricky Reynolds.</t>
   </si>
   <si>
-    <t>#70 Jason Alvarez - C</t>
+    <t>#77 Jason Alvarez - C</t>
   </si>
   <si>
     <t>#93 David Gorman - DT</t>
   </si>
   <si>
     <t>#56 Andre Payne - MLB</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>MAC 35</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-MAC 35 (13:01) 1-Brian Phelps punts 50 yards to VAN 15. Fair Catch by 33-Cameron Crawford.</t>
   </si>
   <si>
     <t>#1 Brian Phelps - P</t>
   </si>
   <si>
-    <t>#33 Cameron Crawford - RB</t>
+    <t>#38 Cameron Crawford - RB</t>
   </si>
   <si>
     <t>#25 Adam Klein - CB</t>
   </si>
   <si>
     <t>#64 Ryan Acevedo - LG</t>
   </si>
   <si>
     <t>#98 Antonio Klein - LDE</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>VAN 15</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-VAN 15 (12:55) 33-Cameron Crawford ran to VAN 15 for a short loss. Tackle by 56-Andrew Pendleton.</t>
   </si>
@@ -530,51 +530,51 @@
   <si>
     <t>#63 Dennis Greene - C</t>
   </si>
   <si>
     <t>#76 Nicholas Evans - RT</t>
   </si>
   <si>
     <t>#62 Roy Coffin - C</t>
   </si>
   <si>
     <t>#97 Timothy Smith - DT</t>
   </si>
   <si>
     <t>#93 Donald Egbert - RDE</t>
   </si>
   <si>
     <t>#56 Andrew Pendleton - SLB</t>
   </si>
   <si>
     <t>#54 John Miller - MLB</t>
   </si>
   <si>
     <t>#59 Kenneth Costa - WLB</t>
   </si>
   <si>
-    <t>#49 Richard Beck - CB</t>
+    <t>#42 Richard Beck - CB</t>
   </si>
   <si>
     <t>#31 Billie Labrecque - CB</t>
   </si>
   <si>
     <t>12:12</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>2-10-VAN 15 (12:11) 33-Cameron Crawford ran to VAN 18 for 3 yards. Tackle by 50-John Bailey.</t>
   </si>
   <si>
     <t>11:36</t>
   </si>
   <si>
     <t>VAN 18</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>3-7-VAN 18 (11:35) 33-Cameron Crawford ran to VAN 28 for 10 yards. Tackle by 42-Kenneth Rieth. VAN 87-William Floyd was injured on the play. He looks like he should be able to return. PENALTY - Facemask (MAC 42-Kenneth Rieth)</t>
   </si>
@@ -884,51 +884,51 @@
   <si>
     <t>1-10-VAN 25 (1:33) 4-Mitchell Snow pass complete to 15-Earl Staples to VAN 44 for 19 yards. Tackle by 45-Andrew Moss. Pressure by 93-Donald Egbert.</t>
   </si>
   <si>
     <t>#98 Walter Webb - DT</t>
   </si>
   <si>
     <t>1:26</t>
   </si>
   <si>
     <t>Timeout VAN</t>
   </si>
   <si>
     <t>0:55</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>1-10-VAN 44 (0:56) 4-Mitchell Snow pass complete to 28-William Nunley to VAN 43 for -1 yards. Pushed out of bounds by 33-Joseph Spellman.</t>
   </si>
   <si>
     <t>#83 Marcus Woods - WR</t>
   </si>
   <si>
-    <t>#58 Richard Blackmon - MLB</t>
+    <t>#70 Richard Blackmon - RDE</t>
   </si>
   <si>
     <t>0:20</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-11-VAN 43 (0:19) 4-Mitchell Snow pass incomplete, intended for 84-Jonathan Allen. 56-Andrew Pendleton got away with a hold on that play.</t>
   </si>
   <si>
     <t>0:15</t>
   </si>
   <si>
     <t>Singleback Big TE Flat Curl</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>3-11-VAN 43 (0:16) 4-Mitchell Snow pass incomplete, intended for 87-William Floyd.</t>
   </si>