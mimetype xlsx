--- v1 (2025-11-07)
+++ v2 (2025-12-18)
@@ -617,51 +617,51 @@
   <si>
     <t>#48 Albert Mata - FS</t>
   </si>
   <si>
     <t>10:14</t>
   </si>
   <si>
     <t>VAN 46</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-7-VAN 46 (10:13) 33-Cameron Crawford ran to VAN 44 for -2 yards. Tackle by 31-Billie Labrecque. MAC 56-Andrew Pendleton was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#32 Michael William - RB</t>
   </si>
   <si>
     <t>#74 John Mullinix - RT</t>
   </si>
   <si>
-    <t>#90 David Doolittle - LDE</t>
+    <t>#60 David Doolittle - LDE</t>
   </si>
   <si>
     <t>#26 Scott McCulloch - SS</t>
   </si>
   <si>
     <t>9:38</t>
   </si>
   <si>
     <t>VAN 44</t>
   </si>
   <si>
     <t>4-9-VAN 44 (9:37) 3-Ralph Shinn punts 48 yards to MAC 7.</t>
   </si>
   <si>
     <t>#3 Ralph Shinn - P</t>
   </si>
   <si>
     <t>#67 Mark McQueen - C</t>
   </si>
   <si>
     <t>9:28</t>
   </si>
   <si>
     <t>MAC 7</t>
   </si>
@@ -752,51 +752,51 @@
   <si>
     <t>2-10-MAC 47 (6:10) 9-John Wilson pass complete to 20-Caleb Gordon to VAN 41 for 12 yards. Tackle by 56-Andre Payne. Great move by 20-Caleb Gordon to get free of his coverage.</t>
   </si>
   <si>
     <t>#19 Delbert Guy - WR</t>
   </si>
   <si>
     <t>5:36</t>
   </si>
   <si>
     <t>VAN 41</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-VAN 41 (5:35) 23-Andy Lucas ran to VAN 38 for 3 yards. Tackle by 57-Christian Simmons.</t>
   </si>
   <si>
     <t>#88 Larry Brooks - WR</t>
   </si>
   <si>
-    <t>#38 Jeffery Tarr - CB</t>
+    <t>#33 Jeffery Tarr - CB</t>
   </si>
   <si>
     <t>5:00</t>
   </si>
   <si>
     <t>VAN 38</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-7-VAN 38 (4:59) 29-David Brown ran to VAN 38 for a short gain. Tackle by 90-Alfred Harrington.</t>
   </si>
   <si>
     <t>4:25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>3-7-VAN 38 (4:24) 23-Andy Lucas ran to VAN 28 for 10 yards. Tackle by 25-Adam Klein.</t>
   </si>
@@ -1361,51 +1361,51 @@
   <si>
     <t>MAC 13</t>
   </si>
   <si>
     <t>2-5-MAC 13 (0:51) 4-Mitchell Snow pass complete to 28-William Nunley to MAC 11 for 2 yards. Tackle by 51-Corey Hernandez. Nice job by 28-William Nunley on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#51 Corey Hernandez - SLB</t>
   </si>
   <si>
     <t>0:29</t>
   </si>
   <si>
     <t>3-4-MAC 11 (0:28) 4-Mitchell Snow pass complete to 32-Michael William to MAC 11 for a short gain. Tackle by 26-Scott McCulloch. MAC 97-Timothy Smith was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:24</t>
   </si>
   <si>
     <t>4-3-MAC 11 (0:02) PENALTY - False Start (VAN 68-Kevin Emmer)</t>
   </si>
   <si>
     <t>#68 Kevin Emmer - RG</t>
   </si>
   <si>
-    <t>#64 Chad Kim - RG</t>
+    <t>#79 Chad Kim - RG</t>
   </si>
   <si>
     <t>#95 Scott Walden - RDE</t>
   </si>
   <si>
     <t>4-8-MAC 16 (0:02) 1-Paul Newson 34 yard field goal is GOOD. VAN 9 MAC 3</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 3-Ricky King kicks 63 yards from MAC 35 to VAN 2. 33-Cameron Crawford to VAN 26 for 25 yards. Tackle by 42-Kenneth Rieth. 50-Demarcus Nazario was caught flat-footed on this play. VAN 33-Cameron Crawford was injured on the play. He looks like he should be able to return. VAN 93-David Gorman was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>VAN 26</t>
   </si>
   <si>
     <t>1-10-VAN 26 (14:56) 4-Mitchell Snow pass complete to 87-William Floyd to VAN 28 for 2 yards. Tackle by 59-Kenneth Costa.</t>
   </si>
   <si>
     <t>14:16</t>
   </si>