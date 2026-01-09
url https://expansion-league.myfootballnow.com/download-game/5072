--- v2 (2025-12-18)
+++ v3 (2026-01-09)
@@ -311,75 +311,75 @@
   <si>
     <t>#92 Jeff Barber - LDE</t>
   </si>
   <si>
     <t>#33 Joseph Spellman - CB</t>
   </si>
   <si>
     <t>#57 Stephen Broussard - WLB</t>
   </si>
   <si>
     <t>#50 John Bailey - WLB</t>
   </si>
   <si>
     <t>#42 Kenneth Rieth - SS</t>
   </si>
   <si>
     <t>#99 Edward Calaway - DT</t>
   </si>
   <si>
     <t>#45 Andrew Moss - FS</t>
   </si>
   <si>
     <t>#12 John Holt - WR</t>
   </si>
   <si>
-    <t>#39 William Prindle - CB</t>
+    <t>#21 William Prindle - CB</t>
   </si>
   <si>
     <t>#1 Paul Newson - K</t>
   </si>
   <si>
     <t>MAC</t>
   </si>
   <si>
     <t>MAC 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-MAC 25 (15:00) 29-David Brown ran to MAC 27 for 2 yards. Tackle by 50-Demarcus Nazario.</t>
   </si>
   <si>
     <t>#8 John Wilson - QB</t>
   </si>
   <si>
-    <t>#29 David Brown - FB</t>
+    <t>#20 David Brown - FB</t>
   </si>
   <si>
     <t>#80 Andrew Scott - WR</t>
   </si>
   <si>
     <t>#77 James Seitz - LT</t>
   </si>
   <si>
     <t>#66 Bryan Richardson - LG</t>
   </si>
   <si>
     <t>#60 Michael Hill - C</t>
   </si>
   <si>
     <t>#52 Oscar Bailey - RG</t>
   </si>
   <si>
     <t>#78 Tommy Clark - RT</t>
   </si>
   <si>
     <t>#99 Marvin Loe - LDE</t>
   </si>
   <si>
     <t>#90 Alfred Harrington - DT</t>
   </si>
@@ -485,123 +485,123 @@
   <si>
     <t>#25 Adam Klein - CB</t>
   </si>
   <si>
     <t>#64 Ryan Acevedo - LG</t>
   </si>
   <si>
     <t>#98 Antonio Klein - LDE</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>VAN 15</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-VAN 15 (12:55) 33-Cameron Crawford ran to VAN 15 for a short loss. Tackle by 56-Andrew Pendleton.</t>
   </si>
   <si>
-    <t>#4 Mitchell Snow - QB</t>
+    <t>#8 Mitchell Snow - QB</t>
   </si>
   <si>
     <t>#86 Raymond Williams - TE</t>
   </si>
   <si>
     <t>#87 William Floyd - TE</t>
   </si>
   <si>
     <t>#15 Earl Staples - WR</t>
   </si>
   <si>
     <t>#19 Robert Bryant - WR</t>
   </si>
   <si>
     <t>#73 David Harris - LT</t>
   </si>
   <si>
     <t>#71 Earl Walsh - LG</t>
   </si>
   <si>
     <t>#63 Dennis Greene - C</t>
   </si>
   <si>
-    <t>#76 Nicholas Evans - RT</t>
+    <t>#67 Nicholas Evans - RT</t>
   </si>
   <si>
     <t>#62 Roy Coffin - C</t>
   </si>
   <si>
     <t>#97 Timothy Smith - DT</t>
   </si>
   <si>
     <t>#93 Donald Egbert - RDE</t>
   </si>
   <si>
     <t>#56 Andrew Pendleton - SLB</t>
   </si>
   <si>
     <t>#54 John Miller - MLB</t>
   </si>
   <si>
     <t>#59 Kenneth Costa - WLB</t>
   </si>
   <si>
     <t>#42 Richard Beck - CB</t>
   </si>
   <si>
     <t>#31 Billie Labrecque - CB</t>
   </si>
   <si>
     <t>12:12</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>2-10-VAN 15 (12:11) 33-Cameron Crawford ran to VAN 18 for 3 yards. Tackle by 50-John Bailey.</t>
   </si>
   <si>
     <t>11:36</t>
   </si>
   <si>
     <t>VAN 18</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>3-7-VAN 18 (11:35) 33-Cameron Crawford ran to VAN 28 for 10 yards. Tackle by 42-Kenneth Rieth. VAN 87-William Floyd was injured on the play. He looks like he should be able to return. PENALTY - Facemask (MAC 42-Kenneth Rieth)</t>
   </si>
   <si>
-    <t>#89 Sandy Via - WR</t>
+    <t>#13 Sandy Via - WR</t>
   </si>
   <si>
     <t>11:30</t>
   </si>
   <si>
     <t>VAN 43</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>1-10-VAN 43 (11:31) 4-Mitchell Snow sacked at VAN 34 for -9 yards (56-Andrew Pendleton). Sack allowed by 86-Raymond Williams.</t>
   </si>
   <si>
     <t>#28 William Nunley - RB</t>
   </si>
   <si>
     <t>#84 Jonathan Allen - TE</t>
   </si>
   <si>
     <t>10:55</t>
   </si>
   <si>
     <t>VAN 34</t>
   </si>
@@ -752,51 +752,51 @@
   <si>
     <t>2-10-MAC 47 (6:10) 9-John Wilson pass complete to 20-Caleb Gordon to VAN 41 for 12 yards. Tackle by 56-Andre Payne. Great move by 20-Caleb Gordon to get free of his coverage.</t>
   </si>
   <si>
     <t>#19 Delbert Guy - WR</t>
   </si>
   <si>
     <t>5:36</t>
   </si>
   <si>
     <t>VAN 41</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-VAN 41 (5:35) 23-Andy Lucas ran to VAN 38 for 3 yards. Tackle by 57-Christian Simmons.</t>
   </si>
   <si>
     <t>#88 Larry Brooks - WR</t>
   </si>
   <si>
-    <t>#33 Jeffery Tarr - CB</t>
+    <t>#46 Jeffery Tarr - CB</t>
   </si>
   <si>
     <t>5:00</t>
   </si>
   <si>
     <t>VAN 38</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-7-VAN 38 (4:59) 29-David Brown ran to VAN 38 for a short gain. Tackle by 90-Alfred Harrington.</t>
   </si>
   <si>
     <t>4:25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>3-7-VAN 38 (4:24) 23-Andy Lucas ran to VAN 28 for 10 yards. Tackle by 25-Adam Klein.</t>
   </si>