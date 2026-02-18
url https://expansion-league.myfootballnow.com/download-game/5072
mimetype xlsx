--- v3 (2026-01-09)
+++ v4 (2026-02-18)
@@ -341,75 +341,75 @@
   <si>
     <t>MAC</t>
   </si>
   <si>
     <t>MAC 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-MAC 25 (15:00) 29-David Brown ran to MAC 27 for 2 yards. Tackle by 50-Demarcus Nazario.</t>
   </si>
   <si>
     <t>#8 John Wilson - QB</t>
   </si>
   <si>
     <t>#20 David Brown - FB</t>
   </si>
   <si>
     <t>#80 Andrew Scott - WR</t>
   </si>
   <si>
-    <t>#77 James Seitz - LT</t>
+    <t>#61 James Seitz - LT</t>
   </si>
   <si>
     <t>#66 Bryan Richardson - LG</t>
   </si>
   <si>
     <t>#60 Michael Hill - C</t>
   </si>
   <si>
     <t>#52 Oscar Bailey - RG</t>
   </si>
   <si>
     <t>#78 Tommy Clark - RT</t>
   </si>
   <si>
     <t>#99 Marvin Loe - LDE</t>
   </si>
   <si>
     <t>#90 Alfred Harrington - DT</t>
   </si>
   <si>
     <t>#72 Lance Brown - DT</t>
   </si>
   <si>
-    <t>#94 Joel Holbrook - RDE</t>
+    <t>#56 Joel Holbrook - RDE</t>
   </si>
   <si>
     <t>#50 Demarcus Nazario - MLB</t>
   </si>
   <si>
     <t>#57 Christian Simmons - WLB</t>
   </si>
   <si>
     <t>#27 Van Toney - CB</t>
   </si>
   <si>
     <t>#21 Ricky Reynolds - CB</t>
   </si>
   <si>
     <t>#20 Joe Felton - CB</t>
   </si>
   <si>
     <t>#22 Joe Smallwood - SS</t>
   </si>
   <si>
     <t>#26 David Minter - CB</t>
   </si>
   <si>
     <t>14:58</t>
   </si>
@@ -611,51 +611,51 @@
   <si>
     <t>4-3 Normal 3 Deep Zone Flat Left</t>
   </si>
   <si>
     <t>2-19-VAN 34 (10:54) 28-William Nunley ran to VAN 46 for 12 yards. Tackle by 48-Albert Mata. VAN 62-Roy Coffin was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#48 Albert Mata - FS</t>
   </si>
   <si>
     <t>10:14</t>
   </si>
   <si>
     <t>VAN 46</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-7-VAN 46 (10:13) 33-Cameron Crawford ran to VAN 44 for -2 yards. Tackle by 31-Billie Labrecque. MAC 56-Andrew Pendleton was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#32 Michael William - RB</t>
+    <t>#48 Michael William - RB</t>
   </si>
   <si>
     <t>#74 John Mullinix - RT</t>
   </si>
   <si>
     <t>#60 David Doolittle - LDE</t>
   </si>
   <si>
     <t>#26 Scott McCulloch - SS</t>
   </si>
   <si>
     <t>9:38</t>
   </si>
   <si>
     <t>VAN 44</t>
   </si>
   <si>
     <t>4-9-VAN 44 (9:37) 3-Ralph Shinn punts 48 yards to MAC 7.</t>
   </si>
   <si>
     <t>#3 Ralph Shinn - P</t>
   </si>
   <si>
     <t>#67 Mark McQueen - C</t>
   </si>
@@ -749,51 +749,51 @@
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-10-MAC 47 (6:10) 9-John Wilson pass complete to 20-Caleb Gordon to VAN 41 for 12 yards. Tackle by 56-Andre Payne. Great move by 20-Caleb Gordon to get free of his coverage.</t>
   </si>
   <si>
     <t>#19 Delbert Guy - WR</t>
   </si>
   <si>
     <t>5:36</t>
   </si>
   <si>
     <t>VAN 41</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-VAN 41 (5:35) 23-Andy Lucas ran to VAN 38 for 3 yards. Tackle by 57-Christian Simmons.</t>
   </si>
   <si>
-    <t>#88 Larry Brooks - WR</t>
+    <t>#15 Larry Brooks - WR</t>
   </si>
   <si>
     <t>#46 Jeffery Tarr - CB</t>
   </si>
   <si>
     <t>5:00</t>
   </si>
   <si>
     <t>VAN 38</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-7-VAN 38 (4:59) 29-David Brown ran to VAN 38 for a short gain. Tackle by 90-Alfred Harrington.</t>
   </si>
   <si>
     <t>4:25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
@@ -1364,51 +1364,51 @@
   <si>
     <t>2-5-MAC 13 (0:51) 4-Mitchell Snow pass complete to 28-William Nunley to MAC 11 for 2 yards. Tackle by 51-Corey Hernandez. Nice job by 28-William Nunley on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#51 Corey Hernandez - SLB</t>
   </si>
   <si>
     <t>0:29</t>
   </si>
   <si>
     <t>3-4-MAC 11 (0:28) 4-Mitchell Snow pass complete to 32-Michael William to MAC 11 for a short gain. Tackle by 26-Scott McCulloch. MAC 97-Timothy Smith was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:24</t>
   </si>
   <si>
     <t>4-3-MAC 11 (0:02) PENALTY - False Start (VAN 68-Kevin Emmer)</t>
   </si>
   <si>
     <t>#68 Kevin Emmer - RG</t>
   </si>
   <si>
     <t>#79 Chad Kim - RG</t>
   </si>
   <si>
-    <t>#95 Scott Walden - RDE</t>
+    <t>#94 Scott Walden - RDE</t>
   </si>
   <si>
     <t>4-8-MAC 16 (0:02) 1-Paul Newson 34 yard field goal is GOOD. VAN 9 MAC 3</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 3-Ricky King kicks 63 yards from MAC 35 to VAN 2. 33-Cameron Crawford to VAN 26 for 25 yards. Tackle by 42-Kenneth Rieth. 50-Demarcus Nazario was caught flat-footed on this play. VAN 33-Cameron Crawford was injured on the play. He looks like he should be able to return. VAN 93-David Gorman was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>VAN 26</t>
   </si>
   <si>
     <t>1-10-VAN 26 (14:56) 4-Mitchell Snow pass complete to 87-William Floyd to VAN 28 for 2 yards. Tackle by 59-Kenneth Costa.</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>