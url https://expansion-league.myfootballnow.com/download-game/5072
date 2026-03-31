--- v4 (2026-02-18)
+++ v5 (2026-03-31)
@@ -287,51 +287,51 @@
   <si>
     <t>MAC has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>VAN</t>
   </si>
   <si>
     <t>VAN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Paul Newson kicks 74 yards from VAN 35 to MAC -9. Touchback.</t>
   </si>
   <si>
     <t>#20 Caleb Gordon - RB</t>
   </si>
   <si>
     <t>#80 Ronnie Marcell - WR</t>
   </si>
   <si>
-    <t>#92 Jeff Barber - LDE</t>
+    <t>#68 Jeff Barber - LDE</t>
   </si>
   <si>
     <t>#33 Joseph Spellman - CB</t>
   </si>
   <si>
     <t>#57 Stephen Broussard - WLB</t>
   </si>
   <si>
     <t>#50 John Bailey - WLB</t>
   </si>
   <si>
     <t>#42 Kenneth Rieth - SS</t>
   </si>
   <si>
     <t>#99 Edward Calaway - DT</t>
   </si>
   <si>
     <t>#45 Andrew Moss - FS</t>
   </si>
   <si>
     <t>#12 John Holt - WR</t>
   </si>
   <si>
     <t>#21 William Prindle - CB</t>
   </si>
@@ -1439,51 +1439,51 @@
   <si>
     <t>14:03</t>
   </si>
   <si>
     <t>3-10-VAN 25 (14:04) 9-John Wilson pass complete to 20-Caleb Gordon to VAN 23 for 3 yards. Tackle by 21-Ricky Reynolds.</t>
   </si>
   <si>
     <t>13:23</t>
   </si>
   <si>
     <t>VAN 23</t>
   </si>
   <si>
     <t>4-7-VAN 23 (13:22) 3-Ricky King 41 yard field goal is GOOD. VAN 9 MAC 6</t>
   </si>
   <si>
     <t>#67 Alvin Lawson - RG</t>
   </si>
   <si>
     <t>13:18</t>
   </si>
   <si>
     <t>(13:19) 3-Ricky King kicks 74 yards from MAC 35 to VAN -9. Touchback.</t>
   </si>
   <si>
-    <t>#14 Carlos Delcastillo - WR</t>
+    <t>#82 Carlos Delcastillo - WR</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-VAN 25 (13:19) 4-Mitchell Snow pass complete to 15-Earl Staples to VAN 34 for 9 yards. Tackle by 50-John Bailey.</t>
   </si>
   <si>
     <t>12:36</t>
   </si>
   <si>
     <t>2-1-VAN 34 (12:35) 4-Mitchell Snow pass complete to 15-Earl Staples to VAN 37 for 4 yards. Tackle by 49-Richard Beck.</t>
   </si>
   <si>
     <t>11:57</t>
   </si>
   <si>
     <t>1-10-VAN 37 (11:56) 4-Mitchell Snow pass complete to 28-William Nunley to VAN 46 for 8 yards. Tackle by 49-Richard Beck.</t>
   </si>
   <si>
     <t>11:22</t>
   </si>
@@ -1643,51 +1643,51 @@
   <si>
     <t>2:22</t>
   </si>
   <si>
     <t>1-10-VAN 40 (2:21) 4-Mitchell Snow pass complete to 87-William Floyd to VAN 46 for 6 yards. Tackle by 50-John Bailey.</t>
   </si>
   <si>
     <t>2-4-VAN 46 (1:36) 4-Mitchell Snow pass incomplete, intended for 33-Cameron Crawford.</t>
   </si>
   <si>
     <t>1:31</t>
   </si>
   <si>
     <t>3-4-VAN 46 (1:32) 4-Mitchell Snow pass complete to 15-Earl Staples to MAC 49 for 6 yards. Tackle by 37-William Prindle. Great move by 15-Earl Staples to get free of his coverage. 37-William Prindle got away with a hold on that play.</t>
   </si>
   <si>
     <t>0:49</t>
   </si>
   <si>
     <t>MAC 49</t>
   </si>
   <si>
     <t>1-10-MAC 49 (0:48) 4-Mitchell Snow pass complete to 28-William Nunley to MAC 45 for 4 yards. Tackle by 59-Kenneth Costa.</t>
   </si>
   <si>
-    <t>#85 Frances Burch - WR</t>
+    <t>#86 Frances Burch - WR</t>
   </si>
   <si>
     <t>0:14</t>
   </si>
   <si>
     <t>2-6-MAC 45 (0:13) 4-Mitchell Snow pass Pass knocked down by 56-Andrew Pendleton. incomplete, intended for 87-William Floyd.</t>
   </si>
   <si>
     <t>0:08</t>
   </si>
   <si>
     <t>3-6-MAC 45 (0:09) 4-Mitchell Snow pass complete to 86-Raymond Williams to MAC 34 for 11 yards. Tackle by 50-John Bailey. MAC 97-Timothy Smith was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>1-10-MAC 34 (15:00) 4-Mitchell Snow pass incomplete, intended for 15-Earl Staples.</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>2-10-MAC 34 (14:58) 4-Mitchell Snow pass complete to 28-William Nunley to MAC 27 for 7 yards. Tackle by 33-Joseph Spellman.</t>
   </si>