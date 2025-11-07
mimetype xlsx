--- v0 (2025-10-17)
+++ v1 (2025-11-07)
@@ -290,51 +290,51 @@
   <si>
     <t>CAG</t>
   </si>
   <si>
     <t>CAG 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Michael Berry kicks 74 yards from CAG 35 to OAK -9. Touchback.</t>
   </si>
   <si>
     <t>#21 Clay Colton - RB</t>
   </si>
   <si>
     <t>#33 John White - CB</t>
   </si>
   <si>
     <t>#63 Raymond Lino - DT</t>
   </si>
   <si>
-    <t>#84 Jason Mancuso - TE</t>
+    <t>#38 Jason Mancuso - FB</t>
   </si>
   <si>
     <t>#78 Nathaniel Kistner - DT</t>
   </si>
   <si>
     <t>#14 Darrin Pratt - WR</t>
   </si>
   <si>
     <t>#50 Stephen Oliver - WLB</t>
   </si>
   <si>
     <t>#23 James Santiago - RB</t>
   </si>
   <si>
     <t>#36 Felipe Robertson - RB</t>
   </si>
   <si>
     <t>#46 Willy Rowe - SS</t>
   </si>
   <si>
     <t>#95 Kelly Mann - WLB</t>
   </si>
   <si>
     <t>#1 Michael Berry - K</t>
   </si>
@@ -344,51 +344,51 @@
   <si>
     <t>OAK 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 25 (15:00) 15-Clay Colton ran to OAK 24 for -1 yards. Tackle by 34-Danny Oakes.</t>
   </si>
   <si>
     <t>#6 Paul Fredericks - QB</t>
   </si>
   <si>
     <t>#87 Oliver Ramirez - WR</t>
   </si>
   <si>
     <t>#17 David Sweeney - WR</t>
   </si>
   <si>
     <t>#58 Roberto Liston - RG</t>
   </si>
   <si>
-    <t>#76 Leroy Vasquez - LG</t>
+    <t>#63 Leroy Vasquez - LG</t>
   </si>
   <si>
     <t>#75 Anthony Higgs - C</t>
   </si>
   <si>
     <t>#59 John Marquez - LG</t>
   </si>
   <si>
     <t>#70 Randall Kiefer - RT</t>
   </si>
   <si>
     <t>#93 Joseph Wilkinson - LDE</t>
   </si>
   <si>
     <t>#53 Frank Ward - DT</t>
   </si>
   <si>
     <t>#71 Roosevelt Lewis - DT</t>
   </si>
   <si>
     <t>#50 William Collins - RDE</t>
   </si>
   <si>
     <t>#96 John Steele - SLB</t>
   </si>
@@ -494,126 +494,126 @@
   <si>
     <t>1-10-CAG 50 (11:44) 6-Paul Fredericks pass complete to 15-Clay Colton to CAG 43 for 6 yards. Tackle by 96-John Steele.</t>
   </si>
   <si>
     <t>#47 Scott Everhart - FS</t>
   </si>
   <si>
     <t>11:05</t>
   </si>
   <si>
     <t>CAG 43</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-4-CAG 43 (11:04) 23-James Santiago ran to CAG 48 for -4 yards. Tackle by 93-Joseph Wilkinson.</t>
   </si>
   <si>
     <t>#19 Carlos McRoberts - WR</t>
   </si>
   <si>
-    <t>#51 John Baltzell - MLB</t>
+    <t>#98 John Baltzell - MLB</t>
   </si>
   <si>
     <t>10:24</t>
   </si>
   <si>
     <t>CAG 48</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-8-CAG 48 (10:23) 36-Felipe Robertson ran to CAG 47 for 1 yards. 36-Felipe Robertson FUMBLES (51-John Baltzell) recovered by CAG-93-Joseph Wilkinson at CAG 48. Tackle by 70-Randall Kiefer.</t>
   </si>
   <si>
     <t>#18 William Hornick - WR</t>
   </si>
   <si>
     <t>10:18</t>
   </si>
   <si>
     <t>I Formation Normal FB Middle</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>1-10-CAG 48 (10:19) 4-Juan Leblanc pass Pass knocked down by 38-Matthew Santiago. incomplete, intended for 23-Gary Oakes.</t>
   </si>
   <si>
     <t>#4 Juan Leblanc - QB</t>
   </si>
   <si>
     <t>#10 Rick Wilburn - RB</t>
   </si>
   <si>
     <t>#23 Gary Oakes - FB</t>
   </si>
   <si>
     <t>#87 Jason Hess - TE</t>
   </si>
   <si>
     <t>#17 Kenneth Fisher - WR</t>
   </si>
   <si>
     <t>#84 Robert Owens - WR</t>
   </si>
   <si>
-    <t>#76 Dana Huff - LT</t>
+    <t>#77 Dana Huff - LT</t>
   </si>
   <si>
     <t>#78 James Schmeling - LG</t>
   </si>
   <si>
     <t>#60 Michael Austin - C</t>
   </si>
   <si>
-    <t>#65 Mark Cowart - RG</t>
+    <t>#78 Mark Cowart - RG</t>
   </si>
   <si>
     <t>#75 Donnie Edwards - RT</t>
   </si>
   <si>
-    <t>#90 John Fuselier - RDE</t>
+    <t>#90 John Fuselier - DT</t>
   </si>
   <si>
     <t>#67 Willie Koontz - DT</t>
   </si>
   <si>
     <t>#71 Nicholas Cannon - LDE</t>
   </si>
   <si>
-    <t>#99 Joshua Peterson - SLB</t>
+    <t>#95 Joshua Peterson - SLB</t>
   </si>
   <si>
     <t>#53 Jamar Valdez - MLB</t>
   </si>
   <si>
     <t>#51 Larry Brannon - MLB</t>
   </si>
   <si>
     <t>#26 Henry McIntire - CB</t>
   </si>
   <si>
     <t>#28 Andrew Calfee - CB</t>
   </si>
   <si>
     <t>#38 Matthew Santiago - FS</t>
   </si>
   <si>
     <t>10:15</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
@@ -794,51 +794,51 @@
   <si>
     <t>2-11-CAG 18 (4:18) 4-Juan Leblanc pass complete to 17-Kenneth Fisher to OAK 36 for 46 yards. Tackle by 26-Henry McIntire. 53-Jamar Valdez got away with a hold on that play.</t>
   </si>
   <si>
     <t>3:40</t>
   </si>
   <si>
     <t>OAK 36</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-OAK 36 (3:39) 86-Gordon Akers ran to OAK 39 for -3 yards. Tackle by 90-John Fuselier.</t>
   </si>
   <si>
     <t>#28 Donald Chavez - RB</t>
   </si>
   <si>
     <t>#88 Larry Brooks - WR</t>
   </si>
   <si>
-    <t>#52 Eduardo Houser - SLB</t>
+    <t>#58 Eduardo Houser - MLB</t>
   </si>
   <si>
     <t>#45 Cameron Wong - CB</t>
   </si>
   <si>
     <t>#43 Charlie Morgan - CB</t>
   </si>
   <si>
     <t>3:06</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-13-OAK 39 (3:05) 4-Juan Leblanc pass Pass knocked down by 50-Stephen Oliver. incomplete, intended for 23-Gary Oakes.</t>
   </si>
   <si>
     <t>#80 Rickey Vaughan - WR</t>
   </si>
   <si>
     <t>3:00</t>
   </si>