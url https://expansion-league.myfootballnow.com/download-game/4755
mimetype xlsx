--- v1 (2025-11-07)
+++ v2 (2025-12-18)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 1-Michael Berry kicks 74 yards from CAG 35 to OAK -9. Touchback.</t>
   </si>
   <si>
     <t>#21 Clay Colton - RB</t>
   </si>
   <si>
     <t>#33 John White - CB</t>
   </si>
   <si>
     <t>#63 Raymond Lino - DT</t>
   </si>
   <si>
     <t>#38 Jason Mancuso - FB</t>
   </si>
   <si>
     <t>#78 Nathaniel Kistner - DT</t>
   </si>
   <si>
     <t>#14 Darrin Pratt - WR</t>
   </si>
   <si>
     <t>#50 Stephen Oliver - WLB</t>
   </si>
   <si>
-    <t>#23 James Santiago - RB</t>
+    <t>#47 James Santiago - RB</t>
   </si>
   <si>
     <t>#36 Felipe Robertson - RB</t>
   </si>
   <si>
     <t>#46 Willy Rowe - SS</t>
   </si>
   <si>
     <t>#95 Kelly Mann - WLB</t>
   </si>
   <si>
     <t>#1 Michael Berry - K</t>
   </si>
   <si>
     <t>OAK</t>
   </si>
   <si>
     <t>OAK 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
@@ -428,51 +428,51 @@
   <si>
     <t>#11 Paul Jack - WR</t>
   </si>
   <si>
     <t>#57 Thomas Booth - LT</t>
   </si>
   <si>
     <t>#46 Justin Rojas - CB</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>OAK 34</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-1-OAK 34 (13:47) 36-Felipe Robertson ran to OAK 39 for 5 yards. Tackle by 40-Danny Johnson.</t>
   </si>
   <si>
-    <t>#40 Danny Johnson - CB</t>
+    <t>#39 Danny Johnson - SS</t>
   </si>
   <si>
     <t>#44 Glenn Huston - SS</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>OAK 39</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 39 (13:03) 15-Clay Colton ran to OAK 40 for 1 yards. Tackle by 50-William Collins.</t>
   </si>
   <si>
     <t>12:24</t>
   </si>
   <si>
     <t>OAK 40</t>
   </si>