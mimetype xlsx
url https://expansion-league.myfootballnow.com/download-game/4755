--- v2 (2025-12-18)
+++ v3 (2026-01-09)
@@ -281,72 +281,72 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>OAK has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>CAG</t>
   </si>
   <si>
     <t>CAG 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Michael Berry kicks 74 yards from CAG 35 to OAK -9. Touchback.</t>
   </si>
   <si>
-    <t>#21 Clay Colton - RB</t>
+    <t>#22 Clay Colton - RB</t>
   </si>
   <si>
     <t>#33 John White - CB</t>
   </si>
   <si>
     <t>#63 Raymond Lino - DT</t>
   </si>
   <si>
     <t>#38 Jason Mancuso - FB</t>
   </si>
   <si>
     <t>#78 Nathaniel Kistner - DT</t>
   </si>
   <si>
     <t>#14 Darrin Pratt - WR</t>
   </si>
   <si>
     <t>#50 Stephen Oliver - WLB</t>
   </si>
   <si>
-    <t>#47 James Santiago - RB</t>
+    <t>#28 James Santiago - RB</t>
   </si>
   <si>
     <t>#36 Felipe Robertson - RB</t>
   </si>
   <si>
     <t>#46 Willy Rowe - SS</t>
   </si>
   <si>
     <t>#95 Kelly Mann - WLB</t>
   </si>
   <si>
     <t>#1 Michael Berry - K</t>
   </si>
   <si>
     <t>OAK</t>
   </si>
   <si>
     <t>OAK 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
@@ -431,51 +431,51 @@
   <si>
     <t>#57 Thomas Booth - LT</t>
   </si>
   <si>
     <t>#46 Justin Rojas - CB</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>OAK 34</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-1-OAK 34 (13:47) 36-Felipe Robertson ran to OAK 39 for 5 yards. Tackle by 40-Danny Johnson.</t>
   </si>
   <si>
     <t>#39 Danny Johnson - SS</t>
   </si>
   <si>
-    <t>#44 Glenn Huston - SS</t>
+    <t>#42 Glenn Huston - FS</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>OAK 39</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 39 (13:03) 15-Clay Colton ran to OAK 40 for 1 yards. Tackle by 50-William Collins.</t>
   </si>
   <si>
     <t>12:24</t>
   </si>
   <si>
     <t>OAK 40</t>
   </si>
   <si>
     <t>2-9-OAK 40 (12:23) 36-Felipe Robertson ran to CAG 50 for 11 yards. Tackle by 34-Danny Oakes.</t>
   </si>
@@ -578,51 +578,51 @@
   <si>
     <t>#78 Mark Cowart - RG</t>
   </si>
   <si>
     <t>#75 Donnie Edwards - RT</t>
   </si>
   <si>
     <t>#90 John Fuselier - DT</t>
   </si>
   <si>
     <t>#67 Willie Koontz - DT</t>
   </si>
   <si>
     <t>#71 Nicholas Cannon - LDE</t>
   </si>
   <si>
     <t>#95 Joshua Peterson - SLB</t>
   </si>
   <si>
     <t>#53 Jamar Valdez - MLB</t>
   </si>
   <si>
     <t>#51 Larry Brannon - MLB</t>
   </si>
   <si>
-    <t>#26 Henry McIntire - CB</t>
+    <t>#30 Henry McIntire - CB</t>
   </si>
   <si>
     <t>#28 Andrew Calfee - CB</t>
   </si>
   <si>
     <t>#38 Matthew Santiago - FS</t>
   </si>
   <si>
     <t>10:15</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-10-CAG 48 (10:16) 10-Rick Wilburn ran to CAG 48 for a short gain. Tackle by 38-Matthew Santiago.</t>
   </si>
   <si>
     <t>9:41</t>
   </si>
   <si>
     <t>I Formation Power Play Action Bomb</t>
   </si>
@@ -635,51 +635,51 @@
   <si>
     <t>#86 Gordon Akers - RB</t>
   </si>
   <si>
     <t>#77 Sam Walker - DT</t>
   </si>
   <si>
     <t>9:35</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-CAG 48 (9:36) 13-Ryan Sosa punts 48 yards to OAK 4.</t>
   </si>
   <si>
     <t>#13 Ryan Sosa - P</t>
   </si>
   <si>
     <t>#56 Marcus Petersen - WLB</t>
   </si>
   <si>
-    <t>#72 James Gutierrez - LT</t>
+    <t>#75 James Gutierrez - LT</t>
   </si>
   <si>
     <t>#73 Anthony Salmons - RG</t>
   </si>
   <si>
     <t>9:25</t>
   </si>
   <si>
     <t>OAK 4</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-OAK 4 (9:26) 15-Clay Colton ran to OAK 14 for 10 yards. Tackle by 48-William Tews.</t>
   </si>
   <si>
     <t>#62 Travis Stone - LDE</t>
   </si>
   <si>
     <t>8:44</t>
   </si>
@@ -737,51 +737,51 @@
   <si>
     <t>5:50</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>3-6-OAK 38 (5:49) 36-Felipe Robertson ran to OAK 44 for 5 yards. Tackle by 95-Charles Bogle. 14-Darrin Pratt missed that block completely. OAK 75-Anthony Higgs was injured on the play. He looks like he should be able to return. CAG 96-John Steele was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:09</t>
   </si>
   <si>
     <t>OAK 44</t>
   </si>
   <si>
     <t>4-1-OAK 44 (5:08) 10-Joe Fortier punts 50 yards to CAG 6. 86-Gordon Akers to CAG 19 for 12 yards. Tackle by 62-Luis Reed.</t>
   </si>
   <si>
     <t>#10 Joe Fortier - P</t>
   </si>
   <si>
-    <t>#62 Luis Reed - C</t>
+    <t>#79 Luis Reed - C</t>
   </si>
   <si>
     <t>#66 John Lashbrook - C</t>
   </si>
   <si>
     <t>#75 Michael Meeks - RDE</t>
   </si>
   <si>
     <t>4:58</t>
   </si>
   <si>
     <t>CAG 19</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>1-10-CAG 19 (4:59) 23-Gary Oakes ran to CAG 18 for -1 yards. Tackle by 65-Sam Walker.</t>
   </si>
   <si>
     <t>#18 Mark Raygoza - WR</t>
   </si>
   <si>
     <t>4:19</t>
   </si>