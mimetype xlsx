--- v3 (2026-01-09)
+++ v4 (2026-02-18)
@@ -350,51 +350,51 @@
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 25 (15:00) 15-Clay Colton ran to OAK 24 for -1 yards. Tackle by 34-Danny Oakes.</t>
   </si>
   <si>
     <t>#6 Paul Fredericks - QB</t>
   </si>
   <si>
     <t>#87 Oliver Ramirez - WR</t>
   </si>
   <si>
     <t>#17 David Sweeney - WR</t>
   </si>
   <si>
     <t>#58 Roberto Liston - RG</t>
   </si>
   <si>
     <t>#63 Leroy Vasquez - LG</t>
   </si>
   <si>
     <t>#75 Anthony Higgs - C</t>
   </si>
   <si>
-    <t>#59 John Marquez - LG</t>
+    <t>#51 John Marquez - LG</t>
   </si>
   <si>
     <t>#70 Randall Kiefer - RT</t>
   </si>
   <si>
     <t>#93 Joseph Wilkinson - LDE</t>
   </si>
   <si>
     <t>#53 Frank Ward - DT</t>
   </si>
   <si>
     <t>#71 Roosevelt Lewis - DT</t>
   </si>
   <si>
     <t>#50 William Collins - RDE</t>
   </si>
   <si>
     <t>#96 John Steele - SLB</t>
   </si>
   <si>
     <t>#25 John Vaccaro - MLB</t>
   </si>
   <si>
     <t>#54 Charles Bogle - WLB</t>
   </si>
@@ -428,51 +428,51 @@
   <si>
     <t>#11 Paul Jack - WR</t>
   </si>
   <si>
     <t>#57 Thomas Booth - LT</t>
   </si>
   <si>
     <t>#46 Justin Rojas - CB</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>OAK 34</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-1-OAK 34 (13:47) 36-Felipe Robertson ran to OAK 39 for 5 yards. Tackle by 40-Danny Johnson.</t>
   </si>
   <si>
-    <t>#39 Danny Johnson - SS</t>
+    <t>#48 Danny Johnson - SS</t>
   </si>
   <si>
     <t>#42 Glenn Huston - FS</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>OAK 39</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 39 (13:03) 15-Clay Colton ran to OAK 40 for 1 yards. Tackle by 50-William Collins.</t>
   </si>
   <si>
     <t>12:24</t>
   </si>
   <si>
     <t>OAK 40</t>
   </si>
@@ -491,51 +491,51 @@
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CAG 50 (11:44) 6-Paul Fredericks pass complete to 15-Clay Colton to CAG 43 for 6 yards. Tackle by 96-John Steele.</t>
   </si>
   <si>
     <t>#47 Scott Everhart - FS</t>
   </si>
   <si>
     <t>11:05</t>
   </si>
   <si>
     <t>CAG 43</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-4-CAG 43 (11:04) 23-James Santiago ran to CAG 48 for -4 yards. Tackle by 93-Joseph Wilkinson.</t>
   </si>
   <si>
-    <t>#19 Carlos McRoberts - WR</t>
+    <t>#16 Carlos McRoberts - WR</t>
   </si>
   <si>
     <t>#98 John Baltzell - MLB</t>
   </si>
   <si>
     <t>10:24</t>
   </si>
   <si>
     <t>CAG 48</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-8-CAG 48 (10:23) 36-Felipe Robertson ran to CAG 47 for 1 yards. 36-Felipe Robertson FUMBLES (51-John Baltzell) recovered by CAG-93-Joseph Wilkinson at CAG 48. Tackle by 70-Randall Kiefer.</t>
   </si>
   <si>
     <t>#18 William Hornick - WR</t>
   </si>
   <si>
     <t>10:18</t>
   </si>
@@ -791,51 +791,51 @@
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>2-11-CAG 18 (4:18) 4-Juan Leblanc pass complete to 17-Kenneth Fisher to OAK 36 for 46 yards. Tackle by 26-Henry McIntire. 53-Jamar Valdez got away with a hold on that play.</t>
   </si>
   <si>
     <t>3:40</t>
   </si>
   <si>
     <t>OAK 36</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-OAK 36 (3:39) 86-Gordon Akers ran to OAK 39 for -3 yards. Tackle by 90-John Fuselier.</t>
   </si>
   <si>
     <t>#28 Donald Chavez - RB</t>
   </si>
   <si>
-    <t>#88 Larry Brooks - WR</t>
+    <t>#15 Larry Brooks - WR</t>
   </si>
   <si>
     <t>#58 Eduardo Houser - MLB</t>
   </si>
   <si>
     <t>#45 Cameron Wong - CB</t>
   </si>
   <si>
     <t>#43 Charlie Morgan - CB</t>
   </si>
   <si>
     <t>3:06</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-13-OAK 39 (3:05) 4-Juan Leblanc pass Pass knocked down by 50-Stephen Oliver. incomplete, intended for 23-Gary Oakes.</t>
   </si>
   <si>
     <t>#80 Rickey Vaughan - WR</t>
   </si>