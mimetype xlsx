--- v4 (2026-02-18)
+++ v5 (2026-03-31)
@@ -287,51 +287,51 @@
   <si>
     <t>OAK has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>CAG</t>
   </si>
   <si>
     <t>CAG 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Michael Berry kicks 74 yards from CAG 35 to OAK -9. Touchback.</t>
   </si>
   <si>
     <t>#22 Clay Colton - RB</t>
   </si>
   <si>
     <t>#33 John White - CB</t>
   </si>
   <si>
-    <t>#63 Raymond Lino - DT</t>
+    <t>#91 Raymond Lino - DT</t>
   </si>
   <si>
     <t>#38 Jason Mancuso - FB</t>
   </si>
   <si>
     <t>#78 Nathaniel Kistner - DT</t>
   </si>
   <si>
     <t>#14 Darrin Pratt - WR</t>
   </si>
   <si>
     <t>#50 Stephen Oliver - WLB</t>
   </si>
   <si>
     <t>#28 James Santiago - RB</t>
   </si>
   <si>
     <t>#36 Felipe Robertson - RB</t>
   </si>
   <si>
     <t>#46 Willy Rowe - SS</t>
   </si>
   <si>
     <t>#95 Kelly Mann - WLB</t>
   </si>
@@ -341,138 +341,138 @@
   <si>
     <t>OAK</t>
   </si>
   <si>
     <t>OAK 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 25 (15:00) 15-Clay Colton ran to OAK 24 for -1 yards. Tackle by 34-Danny Oakes.</t>
   </si>
   <si>
     <t>#6 Paul Fredericks - QB</t>
   </si>
   <si>
     <t>#87 Oliver Ramirez - WR</t>
   </si>
   <si>
     <t>#17 David Sweeney - WR</t>
   </si>
   <si>
-    <t>#58 Roberto Liston - RG</t>
-[...2 lines deleted...]
-    <t>#63 Leroy Vasquez - LG</t>
+    <t>#75 Roberto Liston - RG</t>
+  </si>
+  <si>
+    <t>#76 Leroy Vasquez - LT</t>
   </si>
   <si>
     <t>#75 Anthony Higgs - C</t>
   </si>
   <si>
-    <t>#51 John Marquez - LG</t>
+    <t>#68 John Marquez - LG</t>
   </si>
   <si>
     <t>#70 Randall Kiefer - RT</t>
   </si>
   <si>
     <t>#93 Joseph Wilkinson - LDE</t>
   </si>
   <si>
-    <t>#53 Frank Ward - DT</t>
-[...2 lines deleted...]
-    <t>#71 Roosevelt Lewis - DT</t>
+    <t>#56 Frank Ward - DT</t>
+  </si>
+  <si>
+    <t>#59 Roosevelt Lewis - DT</t>
   </si>
   <si>
     <t>#50 William Collins - RDE</t>
   </si>
   <si>
     <t>#96 John Steele - SLB</t>
   </si>
   <si>
-    <t>#25 John Vaccaro - MLB</t>
-[...2 lines deleted...]
-    <t>#54 Charles Bogle - WLB</t>
+    <t>#54 John Vaccaro - MLB</t>
+  </si>
+  <si>
+    <t>#90 Charles Bogle - WLB</t>
   </si>
   <si>
     <t>#28 Robert Boler - CB</t>
   </si>
   <si>
     <t>#29 Scot Dorr - CB</t>
   </si>
   <si>
     <t>#34 Danny Oakes - SS</t>
   </si>
   <si>
     <t>#48 William Tews - FS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>OAK 24</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-11-OAK 24 (14:25) 15-Clay Colton ran to OAK 34 for 10 yards. Tackle by 34-Danny Oakes.</t>
   </si>
   <si>
     <t>#11 Paul Jack - WR</t>
   </si>
   <si>
-    <t>#57 Thomas Booth - LT</t>
+    <t>#52 Thomas Booth - LT</t>
   </si>
   <si>
     <t>#46 Justin Rojas - CB</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>OAK 34</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-1-OAK 34 (13:47) 36-Felipe Robertson ran to OAK 39 for 5 yards. Tackle by 40-Danny Johnson.</t>
   </si>
   <si>
-    <t>#48 Danny Johnson - SS</t>
+    <t>#42 Danny Johnson - SS</t>
   </si>
   <si>
     <t>#42 Glenn Huston - FS</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>OAK 39</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 39 (13:03) 15-Clay Colton ran to OAK 40 for 1 yards. Tackle by 50-William Collins.</t>
   </si>
   <si>
     <t>12:24</t>
   </si>
   <si>
     <t>OAK 40</t>
   </si>
@@ -542,90 +542,90 @@
   <si>
     <t>I Formation Normal FB Middle</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>1-10-CAG 48 (10:19) 4-Juan Leblanc pass Pass knocked down by 38-Matthew Santiago. incomplete, intended for 23-Gary Oakes.</t>
   </si>
   <si>
     <t>#4 Juan Leblanc - QB</t>
   </si>
   <si>
     <t>#10 Rick Wilburn - RB</t>
   </si>
   <si>
     <t>#23 Gary Oakes - FB</t>
   </si>
   <si>
     <t>#87 Jason Hess - TE</t>
   </si>
   <si>
     <t>#17 Kenneth Fisher - WR</t>
   </si>
   <si>
-    <t>#84 Robert Owens - WR</t>
+    <t>#87 Robert Owens - WR</t>
   </si>
   <si>
     <t>#77 Dana Huff - LT</t>
   </si>
   <si>
     <t>#78 James Schmeling - LG</t>
   </si>
   <si>
     <t>#60 Michael Austin - C</t>
   </si>
   <si>
     <t>#78 Mark Cowart - RG</t>
   </si>
   <si>
     <t>#75 Donnie Edwards - RT</t>
   </si>
   <si>
     <t>#90 John Fuselier - DT</t>
   </si>
   <si>
     <t>#67 Willie Koontz - DT</t>
   </si>
   <si>
     <t>#71 Nicholas Cannon - LDE</t>
   </si>
   <si>
     <t>#95 Joshua Peterson - SLB</t>
   </si>
   <si>
     <t>#53 Jamar Valdez - MLB</t>
   </si>
   <si>
     <t>#51 Larry Brannon - MLB</t>
   </si>
   <si>
     <t>#30 Henry McIntire - CB</t>
   </si>
   <si>
-    <t>#28 Andrew Calfee - CB</t>
+    <t>#38 Andrew Calfee - CB</t>
   </si>
   <si>
     <t>#38 Matthew Santiago - FS</t>
   </si>
   <si>
     <t>10:15</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-10-CAG 48 (10:16) 10-Rick Wilburn ran to CAG 48 for a short gain. Tackle by 38-Matthew Santiago.</t>
   </si>
   <si>
     <t>9:41</t>
   </si>
   <si>
     <t>I Formation Power Play Action Bomb</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
@@ -740,51 +740,51 @@
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>3-6-OAK 38 (5:49) 36-Felipe Robertson ran to OAK 44 for 5 yards. Tackle by 95-Charles Bogle. 14-Darrin Pratt missed that block completely. OAK 75-Anthony Higgs was injured on the play. He looks like he should be able to return. CAG 96-John Steele was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:09</t>
   </si>
   <si>
     <t>OAK 44</t>
   </si>
   <si>
     <t>4-1-OAK 44 (5:08) 10-Joe Fortier punts 50 yards to CAG 6. 86-Gordon Akers to CAG 19 for 12 yards. Tackle by 62-Luis Reed.</t>
   </si>
   <si>
     <t>#10 Joe Fortier - P</t>
   </si>
   <si>
     <t>#79 Luis Reed - C</t>
   </si>
   <si>
-    <t>#66 John Lashbrook - C</t>
+    <t>#62 John Lashbrook - C</t>
   </si>
   <si>
     <t>#75 Michael Meeks - RDE</t>
   </si>
   <si>
     <t>4:58</t>
   </si>
   <si>
     <t>CAG 19</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>1-10-CAG 19 (4:59) 23-Gary Oakes ran to CAG 18 for -1 yards. Tackle by 65-Sam Walker.</t>
   </si>
   <si>
     <t>#18 Mark Raygoza - WR</t>
   </si>
   <si>
     <t>4:19</t>
   </si>
   <si>
     <t>CAG 18</t>
   </si>