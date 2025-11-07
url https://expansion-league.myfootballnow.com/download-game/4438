--- v0 (2025-10-16)
+++ v1 (2025-11-07)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>SLS has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>VAN</t>
   </si>
   <si>
     <t>VAN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Timothy Sanders kicks 65 yards from VAN 35 to SLS 0. 81-Gerald Couch to SLS 16 for 17 yards. Tackle by 22-Joe Smallwood.</t>
   </si>
   <si>
     <t>#81 Gerald Couch - WR</t>
   </si>
   <si>
-    <t>#68 Otis Pickle - DT</t>
+    <t>#53 Otis Pickle - DT</t>
   </si>
   <si>
     <t>#29 Erik Kemp - SS</t>
   </si>
   <si>
     <t>#28 James Vargas - CB</t>
   </si>
   <si>
     <t>#42 Kenneth Rieth - SS</t>
   </si>
   <si>
     <t>#45 Rafael Burling - CB</t>
   </si>
   <si>
     <t>#46 Jesse Scalf - FS</t>
   </si>
   <si>
     <t>#40 Richard Morrissey - WLB</t>
   </si>
   <si>
     <t>#25 Howard Gregg - FS</t>
   </si>
   <si>
     <t>#25 Frank Garcia - CB</t>
   </si>
@@ -362,87 +362,87 @@
   <si>
     <t>#43 Charlie Stein - RB</t>
   </si>
   <si>
     <t>#86 James Windsor - TE</t>
   </si>
   <si>
     <t>#17 Ronald Page - WR</t>
   </si>
   <si>
     <t>#12 Steven Williams - WR</t>
   </si>
   <si>
     <t>#87 Oliver Ramirez - WR</t>
   </si>
   <si>
     <t>#78 Ryan Miller - LT</t>
   </si>
   <si>
     <t>#69 Steven Wallace - LG</t>
   </si>
   <si>
     <t>#55 Gilbert Key - C</t>
   </si>
   <si>
-    <t>#61 David Lowell - RG</t>
-[...2 lines deleted...]
-    <t>#50 Herman Anderson - RT</t>
+    <t>#61 David Lowell - LG</t>
+  </si>
+  <si>
+    <t>#73 Herman Anderson - RT</t>
   </si>
   <si>
     <t>#99 Marvin Loe - LDE</t>
   </si>
   <si>
     <t>#72 Lance Brown - DT</t>
   </si>
   <si>
     <t>#79 Kevin Cervantes - RDE</t>
   </si>
   <si>
     <t>#52 Roy Sherburne - WLB</t>
   </si>
   <si>
     <t>#50 Demarcus Nazario - MLB</t>
   </si>
   <si>
     <t>#57 Christian Simmons - WLB</t>
   </si>
   <si>
     <t>#27 Van Toney - CB</t>
   </si>
   <si>
     <t>#21 Ricky Reynolds - CB</t>
   </si>
   <si>
     <t>#40 Patrick Henshaw - CB</t>
   </si>
   <si>
     <t>#35 George Vest - SS</t>
   </si>
   <si>
-    <t>#54 Frank Gilliland - SLB</t>
+    <t>#54 Frank Gilliland - MLB</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-10-SLS 16 (14:55) 43-Charlie Stein ran to SLS 22 for 6 yards. Tackle by 27-Van Toney.</t>
   </si>
   <si>
     <t>#29 Mark Jeffcoat - RB</t>
   </si>
   <si>
     <t>#85 Joseph Biggs - TE</t>
   </si>
   <si>
     <t>#89 Lance Frey - TE</t>
   </si>
   <si>
     <t>#79 Joseph Hulings - LDE</t>
   </si>
@@ -563,51 +563,51 @@
   <si>
     <t>3-10-VAN 49 (11:32) 3-Christopher Foust sacked at SLS 47 for -4 yards (94-Ted Spivey). Sack allowed by 78-Ryan Miller.</t>
   </si>
   <si>
     <t>#96 Daniel Norris - MLB</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>SLS 47</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-14-SLS 47 (10:49) 19-Jeffrey Costello punts 39 yards to VAN 14. Fair Catch by 33-Cameron Crawford.</t>
   </si>
   <si>
     <t>#19 Jeffrey Costello - P</t>
   </si>
   <si>
-    <t>#33 Cameron Crawford - RB</t>
+    <t>#38 Cameron Crawford - RB</t>
   </si>
   <si>
     <t>#60 Joseph Mixson - C</t>
   </si>
   <si>
     <t>10:41</t>
   </si>
   <si>
     <t>VAN 14</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>1-10-VAN 14 (10:42) 4-Mitchell Snow pass Pass knocked down by 31-Frank Garcia. incomplete, intended for 89-Jeffrey Pusey.</t>
   </si>
   <si>
     <t>#4 Mitchell Snow - QB</t>
   </si>
   <si>
     <t>#86 Raymond Williams - TE</t>
   </si>