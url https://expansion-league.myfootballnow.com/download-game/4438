--- v1 (2025-11-07)
+++ v2 (2025-12-18)
@@ -869,51 +869,51 @@
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>2-5-VAN 30 (2:49) 4-Mitchell Snow pass complete to 33-Cameron Crawford to SLS 39 for 31 yards. Tackle by 52-Vincent Downs.</t>
   </si>
   <si>
     <t>2:11</t>
   </si>
   <si>
     <t>SLS 39</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-SLS 39 (2:10) 4-Mitchell Snow pass Pass knocked down by 42-Kenneth Rieth. incomplete, intended for 12-Terry Adams.</t>
   </si>
   <si>
     <t>#89 Sandy Via - WR</t>
   </si>
   <si>
     <t>#15 Earl Staples - WR</t>
   </si>
   <si>
-    <t>#56 James Granberry - SLB</t>
+    <t>#55 James Granberry - SLB</t>
   </si>
   <si>
     <t>2:06</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-10-SLS 39 (2:07) 32-Michael William ran to SLS 34 for 5 yards. Tackle by 42-Kenneth Rieth.</t>
   </si>
   <si>
     <t>#87 William Floyd - TE</t>
   </si>
   <si>
     <t>#94 Jamel Madden - RDE</t>
   </si>
   <si>
     <t>1:23</t>
   </si>
   <si>
     <t>SLS 34</t>
   </si>