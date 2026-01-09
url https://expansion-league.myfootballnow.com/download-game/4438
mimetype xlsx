--- v2 (2025-12-18)
+++ v3 (2026-01-09)
@@ -299,87 +299,87 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Timothy Sanders kicks 65 yards from VAN 35 to SLS 0. 81-Gerald Couch to SLS 16 for 17 yards. Tackle by 22-Joe Smallwood.</t>
   </si>
   <si>
     <t>#81 Gerald Couch - WR</t>
   </si>
   <si>
     <t>#53 Otis Pickle - DT</t>
   </si>
   <si>
     <t>#29 Erik Kemp - SS</t>
   </si>
   <si>
     <t>#28 James Vargas - CB</t>
   </si>
   <si>
     <t>#42 Kenneth Rieth - SS</t>
   </si>
   <si>
     <t>#45 Rafael Burling - CB</t>
   </si>
   <si>
-    <t>#46 Jesse Scalf - FS</t>
+    <t>#40 Jesse Scalf - SS</t>
   </si>
   <si>
     <t>#40 Richard Morrissey - WLB</t>
   </si>
   <si>
     <t>#25 Howard Gregg - FS</t>
   </si>
   <si>
     <t>#25 Frank Garcia - CB</t>
   </si>
   <si>
     <t>#22 David Freeman - SS</t>
   </si>
   <si>
     <t>#6 Timothy Sanders - K</t>
   </si>
   <si>
     <t>SLS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>SLS 16</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-SLS 16 (14:58) 3-Christopher Foust pass Pass knocked down by 50-Demarcus Nazario. incomplete, intended for 12-Steven Williams.</t>
   </si>
   <si>
-    <t>#3 Christopher Foust - QB</t>
+    <t>#18 Christopher Foust - QB</t>
   </si>
   <si>
     <t>#43 Charlie Stein - RB</t>
   </si>
   <si>
     <t>#86 James Windsor - TE</t>
   </si>
   <si>
     <t>#17 Ronald Page - WR</t>
   </si>
   <si>
     <t>#12 Steven Williams - WR</t>
   </si>
   <si>
     <t>#87 Oliver Ramirez - WR</t>
   </si>
   <si>
     <t>#78 Ryan Miller - LT</t>
   </si>
   <si>
     <t>#69 Steven Wallace - LG</t>
   </si>
   <si>
     <t>#55 Gilbert Key - C</t>
   </si>
@@ -428,87 +428,87 @@
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-10-SLS 16 (14:55) 43-Charlie Stein ran to SLS 22 for 6 yards. Tackle by 27-Van Toney.</t>
   </si>
   <si>
     <t>#29 Mark Jeffcoat - RB</t>
   </si>
   <si>
     <t>#85 Joseph Biggs - TE</t>
   </si>
   <si>
     <t>#89 Lance Frey - TE</t>
   </si>
   <si>
     <t>#79 Joseph Hulings - LDE</t>
   </si>
   <si>
     <t>#90 Alfred Harrington - DT</t>
   </si>
   <si>
-    <t>#58 Ted Spivey - RDE</t>
+    <t>#97 Ted Spivey - RDE</t>
   </si>
   <si>
     <t>#31 Billie Labrecque - CB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>SLS 22</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>3-4-SLS 22 (14:16) 43-Charlie Stein ran to SLS 27 for 5 yards. Tackle by 27-Van Toney. SLS 69-Steven Wallace was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#56 Andre Payne - MLB</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>SLS 27</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>1-10-SLS 27 (13:35) 3-Christopher Foust pass complete to 49-Gregg Wilkerson to SLS 28 for 1 yards. Tackle by 27-Van Toney.</t>
   </si>
   <si>
-    <t>#49 Gregg Wilkerson - RB</t>
+    <t>#45 Gregg Wilkerson - RB</t>
   </si>
   <si>
     <t>#64 Raymond Kohler - LG</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>SLS 28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-9-SLS 28 (12:52) 49-Gregg Wilkerson ran to SLS 37 for 9 yards. Tackle by 56-Andre Payne.</t>
   </si>
   <si>
     <t>#22 Joe Smallwood - SS</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
@@ -566,69 +566,69 @@
   <si>
     <t>#96 Daniel Norris - MLB</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>SLS 47</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-14-SLS 47 (10:49) 19-Jeffrey Costello punts 39 yards to VAN 14. Fair Catch by 33-Cameron Crawford.</t>
   </si>
   <si>
     <t>#19 Jeffrey Costello - P</t>
   </si>
   <si>
     <t>#38 Cameron Crawford - RB</t>
   </si>
   <si>
-    <t>#60 Joseph Mixson - C</t>
+    <t>#68 Joseph Mixson - C</t>
   </si>
   <si>
     <t>10:41</t>
   </si>
   <si>
     <t>VAN 14</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>1-10-VAN 14 (10:42) 4-Mitchell Snow pass Pass knocked down by 31-Frank Garcia. incomplete, intended for 89-Jeffrey Pusey.</t>
   </si>
   <si>
-    <t>#4 Mitchell Snow - QB</t>
+    <t>#8 Mitchell Snow - QB</t>
   </si>
   <si>
     <t>#86 Raymond Williams - TE</t>
   </si>
   <si>
     <t>#84 Jonathan Allen - TE</t>
   </si>
   <si>
     <t>#82 Jeffrey Pusey - WR</t>
   </si>
   <si>
     <t>#19 Robert Bryant - WR</t>
   </si>
   <si>
     <t>#71 Earl Walsh - LG</t>
   </si>
   <si>
     <t>#74 Jaime Reeves - LG</t>
   </si>
   <si>
     <t>#63 Dennis Greene - C</t>
   </si>
   <si>
     <t>#67 Mark McQueen - C</t>
   </si>
@@ -863,51 +863,51 @@
   <si>
     <t>2:50</t>
   </si>
   <si>
     <t>VAN 30</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>2-5-VAN 30 (2:49) 4-Mitchell Snow pass complete to 33-Cameron Crawford to SLS 39 for 31 yards. Tackle by 52-Vincent Downs.</t>
   </si>
   <si>
     <t>2:11</t>
   </si>
   <si>
     <t>SLS 39</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-SLS 39 (2:10) 4-Mitchell Snow pass Pass knocked down by 42-Kenneth Rieth. incomplete, intended for 12-Terry Adams.</t>
   </si>
   <si>
-    <t>#89 Sandy Via - WR</t>
+    <t>#13 Sandy Via - WR</t>
   </si>
   <si>
     <t>#15 Earl Staples - WR</t>
   </si>
   <si>
     <t>#55 James Granberry - SLB</t>
   </si>
   <si>
     <t>2:06</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-10-SLS 39 (2:07) 32-Michael William ran to SLS 34 for 5 yards. Tackle by 42-Kenneth Rieth.</t>
   </si>
   <si>
     <t>#87 William Floyd - TE</t>
   </si>
   <si>
     <t>#94 Jamel Madden - RDE</t>
   </si>
@@ -2272,51 +2272,51 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD170"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="345.487" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>