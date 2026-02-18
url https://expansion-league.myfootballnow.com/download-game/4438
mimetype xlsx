--- v3 (2026-01-09)
+++ v4 (2026-02-18)
@@ -542,51 +542,51 @@
   <si>
     <t>11:34</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-10-VAN 49 (11:35) 3-Christopher Foust pass Pass knocked down by 52-Roy Sherburne. incomplete, intended for 89-Lance Frey.</t>
   </si>
   <si>
     <t>11:31</t>
   </si>
   <si>
     <t>I Formation Normal TE Flag</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>3-10-VAN 49 (11:32) 3-Christopher Foust sacked at SLS 47 for -4 yards (94-Ted Spivey). Sack allowed by 78-Ryan Miller.</t>
   </si>
   <si>
-    <t>#96 Daniel Norris - MLB</t>
+    <t>#55 Daniel Norris - MLB</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>SLS 47</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-14-SLS 47 (10:49) 19-Jeffrey Costello punts 39 yards to VAN 14. Fair Catch by 33-Cameron Crawford.</t>
   </si>
   <si>
     <t>#19 Jeffrey Costello - P</t>
   </si>
   <si>
     <t>#38 Cameron Crawford - RB</t>
   </si>
   <si>
     <t>#68 Joseph Mixson - C</t>
   </si>
@@ -644,51 +644,51 @@
   <si>
     <t>#75 Robert Donovan - DT</t>
   </si>
   <si>
     <t>#96 John Benitez - SLB</t>
   </si>
   <si>
     <t>#51 John Loyd - MLB</t>
   </si>
   <si>
     <t>#52 Vincent Downs - WLB</t>
   </si>
   <si>
     <t>10:38</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-10-VAN 14 (10:39) 4-Mitchell Snow pass complete to 32-Michael William to VAN 15 for a short gain. Tackle by 52-Vincent Downs.</t>
   </si>
   <si>
-    <t>#32 Michael William - RB</t>
+    <t>#48 Michael William - RB</t>
   </si>
   <si>
     <t>#12 Terry Adams - WR</t>
   </si>
   <si>
     <t>10:01</t>
   </si>
   <si>
     <t>VAN 15</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>3-10-VAN 15 (10:00) 4-Mitchell Snow pass incomplete, dropped by 19-Robert Bryant.</t>
   </si>
   <si>
     <t>9:55</t>
   </si>
   <si>
     <t>4-10-VAN 15 (9:56) 3-Ralph Shinn punts 49 yards to SLS 36. 81-Gerald Couch to SLS 44 for 7 yards. Tackle by 22-Joe Smallwood.</t>
   </si>
   <si>
     <t>#3 Ralph Shinn - P</t>
   </si>