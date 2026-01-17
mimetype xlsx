--- v0 (2025-10-19)
+++ v1 (2026-01-17)
@@ -308,57 +308,57 @@
   <si>
     <t>#98 Israel Gray - SLB</t>
   </si>
   <si>
     <t>#97 Robert Leaks - RDE</t>
   </si>
   <si>
     <t>#92 Steven Johnson - DT</t>
   </si>
   <si>
     <t>#91 William Ellett - DT</t>
   </si>
   <si>
     <t>#60 Kevin Bragg - RDE</t>
   </si>
   <si>
     <t>#54 Vaughn Cronin - RDE</t>
   </si>
   <si>
     <t>#96 George Knight - MLB</t>
   </si>
   <si>
     <t>#50 Bryan Harris - DT</t>
   </si>
   <si>
-    <t>#94 Jeff Casteel - SLB</t>
+    <t>#93 Jeff Casteel - SLB</t>
   </si>
   <si>
     <t>#38 Dennis Puckett - CB</t>
   </si>
   <si>
-    <t>#7 Robert Albright - K</t>
+    <t>#14 Robert Albright - K</t>
   </si>
   <si>
     <t>HAR</t>
   </si>
   <si>
     <t>HAR 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-HAR 25 (15:00) 15-Shane Peterson pass incomplete, dropped by 86-Frank Jenkins.</t>
   </si>
   <si>
     <t>#15 Shane Peterson - QB</t>
   </si>
   <si>
     <t>#86 Frank Jenkins - TE</t>
   </si>
   <si>
     <t>#85 Corey Stender - WR</t>
   </si>
@@ -503,63 +503,63 @@
   <si>
     <t>#9 Gary Myles - QB</t>
   </si>
   <si>
     <t>#43 Philip Holmes - RB</t>
   </si>
   <si>
     <t>#44 John McAlister - FB</t>
   </si>
   <si>
     <t>#83 James Garay - TE</t>
   </si>
   <si>
     <t>#84 Aaron Lara - WR</t>
   </si>
   <si>
     <t>#16 George Coyle - WR</t>
   </si>
   <si>
     <t>#64 Wayne Brothers - C</t>
   </si>
   <si>
     <t>#69 John Stinson - LG</t>
   </si>
   <si>
-    <t>#67 Bruce Johnson - C</t>
+    <t>#73 Bruce Johnson - C</t>
   </si>
   <si>
     <t>#50 Andrew McVey - RG</t>
   </si>
   <si>
     <t>#74 Guillermo Smith - RT</t>
   </si>
   <si>
     <t>#52 Bernard Dove - LDE</t>
   </si>
   <si>
-    <t>#58 Eric Ragusa - MLB</t>
+    <t>#57 Eric Ragusa - MLB</t>
   </si>
   <si>
     <t>#38 Joseph Higgins - CB</t>
   </si>
   <si>
     <t>#42 Joseph Saunders - CB</t>
   </si>
   <si>
     <t>#44 Matthew Workman - SS</t>
   </si>
   <si>
     <t>14:05</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-10-HMB 35 (14:06) 9-Gary Myles pass INTERCEPTED by 96-George Knight at HMB 43. 96-George Knight to HMB 43 for -0 yards. Tackle by 18-James Reyes. PENALTY - Pass Interference (HAR 96-George Knight)</t>
   </si>
   <si>
     <t>#27 James Reyes - RB</t>
   </si>