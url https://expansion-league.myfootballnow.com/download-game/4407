--- v1 (2026-01-17)
+++ v2 (2026-03-21)
@@ -986,51 +986,51 @@
   <si>
     <t>10:30</t>
   </si>
   <si>
     <t>HMB 18</t>
   </si>
   <si>
     <t>Strong I Normal Counter Strong</t>
   </si>
   <si>
     <t>3-1-HMB 18 (10:29) 23-Maxwell Payne ran to HMB 14 for 4 yards. Tackle by 97-Claude Lewis.</t>
   </si>
   <si>
     <t>9:49</t>
   </si>
   <si>
     <t>HMB 14</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>1-10-HMB 14 (9:48) 34-James Williams ran to HMB 11 for 3 yards. Tackle by 53-Jason Brown. HMB 65-William White was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#13 Ronald Walker - WR</t>
+    <t>#14 Ronald Walker - WR</t>
   </si>
   <si>
     <t>9:12</t>
   </si>
   <si>
     <t>HMB 11</t>
   </si>
   <si>
     <t>2-7-HMB 11 (9:11) 23-Maxwell Payne ran to HMB 7 for 5 yards. Tackle by 53-Jason Brown. HMB 56-Devon Johnson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:26</t>
   </si>
   <si>
     <t>HMB 7</t>
   </si>
   <si>
     <t>3-2-HMB 7 (8:25) 23-Maxwell Payne ran to HMB 3 for 4 yards. Tackle by 53-Jason Brown.</t>
   </si>
   <si>
     <t>#59 Jorge Hall - SLB</t>
   </si>
   <si>
     <t>7:48</t>
   </si>