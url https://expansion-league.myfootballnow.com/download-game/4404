--- v0 (2025-11-08)
+++ v1 (2026-01-09)
@@ -377,66 +377,66 @@
   <si>
     <t>#61 Frank Outlaw - LG</t>
   </si>
   <si>
     <t>#60 Oscar Cade - C</t>
   </si>
   <si>
     <t>#50 Thomas Bretz - RG</t>
   </si>
   <si>
     <t>#77 Paul Carter - RT</t>
   </si>
   <si>
     <t>#95 Benny Strine - LDE</t>
   </si>
   <si>
     <t>#98 Jamey Combs - DT</t>
   </si>
   <si>
     <t>#62 Kevin Bracken - DT</t>
   </si>
   <si>
     <t>#53 Anthony White - RDE</t>
   </si>
   <si>
-    <t>#57 Mason Phillips - MLB</t>
+    <t>#90 Mason Phillips - MLB</t>
   </si>
   <si>
     <t>#98 Brandon Banuelos - WLB</t>
   </si>
   <si>
     <t>#33 Roger Shockey - CB</t>
   </si>
   <si>
     <t>#37 Robert Murray - CB</t>
   </si>
   <si>
     <t>#27 Andrew Nail - CB</t>
   </si>
   <si>
-    <t>#28 Wilburn Diaz - FS</t>
+    <t>#28 Wilburn Diaz - SS</t>
   </si>
   <si>
     <t>#24 Steven Jones - FS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>VIN 26</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-9-VIN 26 (14:23) 46-Andrew Aguilar ran to VIN 35 for 9 yards. Tackle by 57-Mason Phillips.</t>
   </si>
   <si>
     <t>#84 Kenneth Valliere - TE</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
@@ -680,51 +680,51 @@
   <si>
     <t>#19 Anthony Welch - WR</t>
   </si>
   <si>
     <t>#25 James Ryan - CB</t>
   </si>
   <si>
     <t>7:20</t>
   </si>
   <si>
     <t>VIN 31</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>1-10-VIN 31 (7:19) 8-Charles Doolittle pass Pass knocked down by 31-Roy Cruz. incomplete, intended for 34-Leonard Murray.</t>
   </si>
   <si>
     <t>7:14</t>
   </si>
   <si>
     <t>2-10-VIN 31 (7:15) 39-Doug Miranda ran to VIN 16 for 15 yards. Tackle by 47-Gregory Woods.</t>
   </si>
   <si>
-    <t>#47 Gregory Woods - FS</t>
+    <t>#47 Gregory Woods - SS</t>
   </si>
   <si>
     <t>6:33</t>
   </si>
   <si>
     <t>VIN 16</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-VIN 16 (6:32) 47-Morton Bell ran to VIN 17 for -1 yards. Tackle by 23-David Sommers. FZE 61-Davis Mack was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:47</t>
   </si>
   <si>
     <t>VIN 17</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
@@ -908,51 +908,51 @@
   <si>
     <t>Singleback Normal WR Post</t>
   </si>
   <si>
     <t>1-10-VIN 41 (15:00) 17-John Sainz pass complete to 39-Jeremy Bentley to VIN 46 for 5 yards. Tackle by 33-Roger Shockey.</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>2-5-VIN 46 (14:25) 46-Andrew Aguilar ran to VIN 46 for a short gain. 46-Andrew Aguilar FUMBLES (57-Mason Phillips) recovered by FZE-98-Brandon Banuelos at VIN 43. 98-Brandon Banuelos FUMBLES (78-Oscar Cade) recovered by VIN-27-Gregory King at VIN 43. Tackle by 92-Benny Strine.</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>VIN 43</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>1-10-VIN 43 (14:17) 39-Jeremy Bentley ran to VIN 47 for 4 yards. Tackle by 57-Mason Phillips.</t>
   </si>
   <si>
-    <t>#87 Christopher Hutton - WR</t>
+    <t>#16 Christopher Hutton - WR</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>2-6-VIN 47 (13:42) 46-Andrew Aguilar ran to VIN 48 for 1 yards. Tackle by 98-Brandon Banuelos.</t>
   </si>
   <si>
     <t>13:09</t>
   </si>
   <si>
     <t>VIN 48</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>3-5-VIN 48 (13:08) 17-John Sainz pass complete to 46-Andrew Aguilar to FZE 36 for 15 yards.</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>FZE 36</t>
   </si>