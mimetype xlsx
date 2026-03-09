--- v0 (2026-01-08)
+++ v1 (2026-03-09)
@@ -494,78 +494,78 @@
   <si>
     <t>OCO 30</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-OCO 30 (13:33) 45-Bruce Weinstock ran to OCO 38 for 8 yards. Tackle by 46-Justin Rojas.</t>
   </si>
   <si>
     <t>#7 Justin Priolo - QB</t>
   </si>
   <si>
     <t>#45 Bruce Weinstock - RB</t>
   </si>
   <si>
     <t>#82 Shawn Hardin - TE</t>
   </si>
   <si>
     <t>#83 William Baker - WR</t>
   </si>
   <si>
-    <t>#82 Richard King - WR</t>
+    <t>#19 Richard King - WR</t>
   </si>
   <si>
     <t>#63 Jason Rivera - LT</t>
   </si>
   <si>
     <t>#66 Gilbert Hirsch - LG</t>
   </si>
   <si>
     <t>#52 Lucas Houston - C</t>
   </si>
   <si>
     <t>#74 John Mullinix - RT</t>
   </si>
   <si>
     <t>#70 Robert Evans - RT</t>
   </si>
   <si>
     <t>#71 Roosevelt Lewis - DT</t>
   </si>
   <si>
     <t>#75 Michael Meeks - RDE</t>
   </si>
   <si>
     <t>#97 Bradley Silva - WLB</t>
   </si>
   <si>
-    <t>#39 Danny Johnson - SS</t>
+    <t>#48 Danny Johnson - SS</t>
   </si>
   <si>
     <t>#46 Justin Rojas - CB</t>
   </si>
   <si>
     <t>#48 William Tews - FS</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>OCO 38</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-2-OCO 38 (12:59) 45-Bruce Weinstock ran to OCO 40 for 2 yards. Tackle by 93-Joseph Wilkinson. 82-Shawn Hardin completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>#44 Eddie Villa - RB</t>
   </si>
@@ -833,51 +833,51 @@
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-3-OCO 27 (5:41) 4-Juan Leblanc pass complete to 86-Gordon Akers to OCO 27 for a short gain. Tackle by 62-Joseph Shaw.</t>
   </si>
   <si>
     <t>#23 Bert Peed - SS</t>
   </si>
   <si>
     <t>5:05</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>3-3-OCO 27 (5:04) 4-Juan Leblanc pass complete to 10-Rick Wilburn to OCO 19 for 8 yards. Pushed out of bounds by 36-Myron Alexander. OCO 95-Robert White was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#16 Francisco Craig - WR</t>
   </si>
   <si>
-    <t>#88 Larry Brooks - WR</t>
+    <t>#15 Larry Brooks - WR</t>
   </si>
   <si>
     <t>4:22</t>
   </si>
   <si>
     <t>OCO 19</t>
   </si>
   <si>
     <t>1-10-OCO 19 (4:21) 4-Juan Leblanc pass Pass knocked down by 99-Thomas Collins. incomplete, intended for 45-Steve Nelson.</t>
   </si>
   <si>
     <t>4:17</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>2-10-OCO 19 (4:18) 10-Rick Wilburn ran to OCO 8 for 11 yards. Tackle by 38-Robert McCall.</t>
   </si>
   <si>
     <t>3:38</t>
   </si>
   <si>
     <t>OCO 8</t>
   </si>