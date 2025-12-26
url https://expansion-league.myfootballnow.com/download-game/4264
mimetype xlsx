--- v0 (2025-10-27)
+++ v1 (2025-12-26)
@@ -359,51 +359,51 @@
   <si>
     <t>#40 Michael Eichorn - FB</t>
   </si>
   <si>
     <t>#88 George Norman - TE</t>
   </si>
   <si>
     <t>#88 Mark Coleman - TE</t>
   </si>
   <si>
     <t>#69 Richard McKay - RT</t>
   </si>
   <si>
     <t>#79 Patrick Moors - LG</t>
   </si>
   <si>
     <t>#77 Bryan Lewis - C</t>
   </si>
   <si>
     <t>#75 James Lawrence - RG</t>
   </si>
   <si>
     <t>#56 Paul Brashear - LDE</t>
   </si>
   <si>
-    <t>#90 John Fuselier - RDE</t>
+    <t>#90 John Fuselier - DT</t>
   </si>
   <si>
     <t>#69 Joseph Ross - DT</t>
   </si>
   <si>
     <t>#98 Kenneth Harrell - DT</t>
   </si>
   <si>
     <t>#94 Hugo Miller - RDE</t>
   </si>
   <si>
     <t>#64 Derek Hood - SLB</t>
   </si>
   <si>
     <t>#55 Joshua Blanton - MLB</t>
   </si>
   <si>
     <t>#59 Hugh Fraser - WLB</t>
   </si>
   <si>
     <t>#20 Donald Cover - CB</t>
   </si>
   <si>
     <t>#30 Sanford Power - FS</t>
   </si>
@@ -497,51 +497,51 @@
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-MON 23 (13:06) 39-Fred Tate ran to MON 22 for -1 yards. Tackle by 99-Albert Flemming.</t>
   </si>
   <si>
     <t>#3 Antonio Hailey - QB</t>
   </si>
   <si>
     <t>#39 Fred Tate - RB</t>
   </si>
   <si>
     <t>#39 Sean Thies - FB</t>
   </si>
   <si>
     <t>#41 John Rackers - FB</t>
   </si>
   <si>
     <t>#82 Richard Jenkins - TE</t>
   </si>
   <si>
     <t>#89 Joseph Michael - TE</t>
   </si>
   <si>
-    <t>#63 Jerry Thorne - LT</t>
+    <t>#71 Jerry Thorne - LT</t>
   </si>
   <si>
     <t>#54 Adam Cross - RG</t>
   </si>
   <si>
     <t>#64 William Beavers - C</t>
   </si>
   <si>
     <t>#68 Willie Coggins - RG</t>
   </si>
   <si>
     <t>#79 John Cedillo - RT</t>
   </si>
   <si>
     <t>#99 Albert Flemming - LDE</t>
   </si>
   <si>
     <t>#55 Jeffrey Tidwell - DT</t>
   </si>
   <si>
     <t>#77 Marlin Shubert - RDE</t>
   </si>
   <si>
     <t>#57 Steve Hamann - SLB</t>
   </si>