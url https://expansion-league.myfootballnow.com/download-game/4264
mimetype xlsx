--- v1 (2025-12-26)
+++ v2 (2026-01-25)
@@ -377,51 +377,51 @@
   <si>
     <t>#75 James Lawrence - RG</t>
   </si>
   <si>
     <t>#56 Paul Brashear - LDE</t>
   </si>
   <si>
     <t>#90 John Fuselier - DT</t>
   </si>
   <si>
     <t>#69 Joseph Ross - DT</t>
   </si>
   <si>
     <t>#98 Kenneth Harrell - DT</t>
   </si>
   <si>
     <t>#94 Hugo Miller - RDE</t>
   </si>
   <si>
     <t>#64 Derek Hood - SLB</t>
   </si>
   <si>
     <t>#55 Joshua Blanton - MLB</t>
   </si>
   <si>
-    <t>#59 Hugh Fraser - WLB</t>
+    <t>#93 Hugh Fraser - WLB</t>
   </si>
   <si>
     <t>#20 Donald Cover - CB</t>
   </si>
   <si>
     <t>#30 Sanford Power - FS</t>
   </si>
   <si>
     <t>#47 John Avelar - SS</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>SYS 26</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Normal Cover 3 Zone Under</t>
   </si>
   <si>
     <t>2-9-SYS 26 (14:22) 16-Eric Lang ran to SYS 29 for 3 yards. Tackle by 20-Donald Cover.</t>
   </si>
@@ -485,78 +485,78 @@
   <si>
     <t>#70 Randall Kiefer - RT</t>
   </si>
   <si>
     <t>#95 Carl McGee - SLB</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>MON 23</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-MON 23 (13:06) 39-Fred Tate ran to MON 22 for -1 yards. Tackle by 99-Albert Flemming.</t>
   </si>
   <si>
     <t>#3 Antonio Hailey - QB</t>
   </si>
   <si>
     <t>#39 Fred Tate - RB</t>
   </si>
   <si>
-    <t>#39 Sean Thies - FB</t>
+    <t>#44 Sean Thies - FB</t>
   </si>
   <si>
     <t>#41 John Rackers - FB</t>
   </si>
   <si>
     <t>#82 Richard Jenkins - TE</t>
   </si>
   <si>
     <t>#89 Joseph Michael - TE</t>
   </si>
   <si>
     <t>#71 Jerry Thorne - LT</t>
   </si>
   <si>
     <t>#54 Adam Cross - RG</t>
   </si>
   <si>
     <t>#64 William Beavers - C</t>
   </si>
   <si>
     <t>#68 Willie Coggins - RG</t>
   </si>
   <si>
     <t>#79 John Cedillo - RT</t>
   </si>
   <si>
-    <t>#99 Albert Flemming - LDE</t>
+    <t>#60 Albert Flemming - LDE</t>
   </si>
   <si>
     <t>#55 Jeffrey Tidwell - DT</t>
   </si>
   <si>
     <t>#77 Marlin Shubert - RDE</t>
   </si>
   <si>
     <t>#57 Steve Hamann - SLB</t>
   </si>
   <si>
     <t>#48 John Denham - CB</t>
   </si>
   <si>
     <t>#24 Chuck Shaw - CB</t>
   </si>
   <si>
     <t>12:33</t>
   </si>
   <si>
     <t>MON 22</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
@@ -854,51 +854,51 @@
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-4-MON 23 (1:02) 16-Eric Lang pass complete to 11-Matthew Dickenson to MON 19 for 4 yards. Tackle by 20-Donald Cover.</t>
   </si>
   <si>
     <t>0:19</t>
   </si>
   <si>
     <t>MON 19</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-MON 19 (0:18) 10-Dustin Hosley 37 yard field goal is GOOD. MON 0 SYS 3</t>
   </si>
   <si>
-    <t>#10 Dustin Hosley - K</t>
+    <t>#7 Dustin Hosley - K</t>
   </si>
   <si>
     <t>0:14</t>
   </si>
   <si>
     <t>SYS 35</t>
   </si>
   <si>
     <t>(0:15) 10-Dustin Hosley kicks 74 yards from SYS 35 to MON -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-MON 25 (0:15) 39-Fred Tate ran to MON 26 for 1 yards. Tackle by 64-Jeffrey Tidwell.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>MON 26</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
@@ -2237,52 +2237,52 @@
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>