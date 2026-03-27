--- v2 (2026-01-25)
+++ v3 (2026-03-27)
@@ -296,87 +296,87 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 19-Paul Newson kicks 75 yards from MON 35 to SYS -10. Touchback.</t>
   </si>
   <si>
     <t>#31 Kenneth Corr - RB</t>
   </si>
   <si>
     <t>#77 Charles Murray - DT</t>
   </si>
   <si>
     <t>#61 William Norris - DT</t>
   </si>
   <si>
     <t>#66 David Shapiro - LDE</t>
   </si>
   <si>
     <t>#78 Michael Marshall - RT</t>
   </si>
   <si>
-    <t>#93 George Mayberry - WLB</t>
+    <t>#53 George Mayberry - WLB</t>
   </si>
   <si>
     <t>#32 Jeff Delacruz - SS</t>
   </si>
   <si>
     <t>#93 Donald Duncan - DT</t>
   </si>
   <si>
     <t>#93 Michael McCrady - MLB</t>
   </si>
   <si>
     <t>#26 Shaun Perkins - FS</t>
   </si>
   <si>
     <t>#51 Dennis Cooper - LDE</t>
   </si>
   <si>
     <t>#1 Paul Newson - K</t>
   </si>
   <si>
     <t>SYS</t>
   </si>
   <si>
     <t>SYS 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-SYS 25 (15:00) 31-Kenneth Corr ran to SYS 26 for 1 yards. Tackle by 95-Hugh Fraser.</t>
   </si>
   <si>
-    <t>#12 Eric Lang - QB</t>
+    <t>#6 Eric Lang - QB</t>
   </si>
   <si>
     <t>#40 Michael Eichorn - FB</t>
   </si>
   <si>
     <t>#88 George Norman - TE</t>
   </si>
   <si>
     <t>#88 Mark Coleman - TE</t>
   </si>
   <si>
     <t>#69 Richard McKay - RT</t>
   </si>
   <si>
     <t>#79 Patrick Moors - LG</t>
   </si>
   <si>
     <t>#77 Bryan Lewis - C</t>
   </si>
   <si>
     <t>#75 James Lawrence - RG</t>
   </si>
   <si>
     <t>#56 Paul Brashear - LDE</t>
   </si>
@@ -515,63 +515,63 @@
   <si>
     <t>#82 Richard Jenkins - TE</t>
   </si>
   <si>
     <t>#89 Joseph Michael - TE</t>
   </si>
   <si>
     <t>#71 Jerry Thorne - LT</t>
   </si>
   <si>
     <t>#54 Adam Cross - RG</t>
   </si>
   <si>
     <t>#64 William Beavers - C</t>
   </si>
   <si>
     <t>#68 Willie Coggins - RG</t>
   </si>
   <si>
     <t>#79 John Cedillo - RT</t>
   </si>
   <si>
     <t>#60 Albert Flemming - LDE</t>
   </si>
   <si>
-    <t>#55 Jeffrey Tidwell - DT</t>
-[...2 lines deleted...]
-    <t>#77 Marlin Shubert - RDE</t>
+    <t>#92 Jeffrey Tidwell - DT</t>
+  </si>
+  <si>
+    <t>#61 Marlin Shubert - RDE</t>
   </si>
   <si>
     <t>#57 Steve Hamann - SLB</t>
   </si>
   <si>
     <t>#48 John Denham - CB</t>
   </si>
   <si>
-    <t>#24 Chuck Shaw - CB</t>
+    <t>#24 Chuck Shaw - SS</t>
   </si>
   <si>
     <t>12:33</t>
   </si>
   <si>
     <t>MON 22</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>2-11-MON 22 (12:32) 3-Antonio Hailey pass complete to 15-Russell Murphy to MON 36 for 14 yards. Tackle by 48-John Denham.</t>
   </si>
   <si>
     <t>#13 Michael Shepherd - WR</t>
   </si>
   <si>
     <t>#15 Russell Murphy - WR</t>
   </si>
   <si>
     <t>#16 Robert House - WR</t>
   </si>
@@ -1502,51 +1502,51 @@
   <si>
     <t>1:02</t>
   </si>
   <si>
     <t>1-10-MON 36 (1:01) 44-Theodore Trigg ran to MON 48 for 12 yards. Tackle by 35-Brian Frausto.</t>
   </si>
   <si>
     <t>0:26</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-MON 48 (0:25) 39-Fred Tate ran to SYS 45 for 7 yards. Tackle by 95-Steve Hamann.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>SYS 45</t>
   </si>
   <si>
     <t>2-3-SYS 45 (15:00) 44-Theodore Trigg ran to SYS 45 for a short gain. Tackle by 64-Jeffrey Tidwell.</t>
   </si>
   <si>
-    <t>#82 James Cruz - TE</t>
+    <t>#85 James Cruz - TE</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>3-3-SYS 45 (14:19) 39-Fred Tate ran to SYS 38 for 7 yards. Tackle by 48-John Denham.</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>1-10-SYS 38 (13:37) 3-Antonio Hailey pass Pass knocked down by 24-Chuck Shaw. incomplete, intended for 16-Robert House.</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>2-10-SYS 38 (13:34) 3-Antonio Hailey pass complete to 41-John Rackers to SYS 21 for 17 yards.</t>
   </si>
   <si>
     <t>12:48</t>
   </si>