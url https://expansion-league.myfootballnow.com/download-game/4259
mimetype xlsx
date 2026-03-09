--- v0 (2026-01-08)
+++ v1 (2026-03-09)
@@ -359,51 +359,51 @@
   <si>
     <t>#26 Chris Ellis - FB</t>
   </si>
   <si>
     <t>#88 Louis Tedesco - TE</t>
   </si>
   <si>
     <t>#17 Kevin Flores - WR</t>
   </si>
   <si>
     <t>#19 Robert Flagg - WR</t>
   </si>
   <si>
     <t>#74 Marc Harms - LT</t>
   </si>
   <si>
     <t>#73 Randy Buzbee - LG</t>
   </si>
   <si>
     <t>#75 William Blalock - C</t>
   </si>
   <si>
     <t>#61 Leonard Hanson - RG</t>
   </si>
   <si>
-    <t>#67 David Dang - RT</t>
+    <t>#67 David Dang - RG</t>
   </si>
   <si>
     <t>#52 Bernard Dove - LDE</t>
   </si>
   <si>
     <t>#91 William Ellett - DT</t>
   </si>
   <si>
     <t>#50 Bryan Harris - DT</t>
   </si>
   <si>
     <t>#60 Kevin Bragg - RDE</t>
   </si>
   <si>
     <t>#98 Israel Gray - SLB</t>
   </si>
   <si>
     <t>#96 George Knight - MLB</t>
   </si>
   <si>
     <t>#92 Steven Johnson - DT</t>
   </si>
   <si>
     <t>#38 Dennis Puckett - CB</t>
   </si>
@@ -467,51 +467,51 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-ARS 26 (13:42) 2-William Gilpin punts 46 yards to HAR 27. 16-Roger Jurgens to HAR 34 for 7 yards. Tackle by 69-Frank Jennings.</t>
   </si>
   <si>
     <t>#8 William Gilpin - P</t>
   </si>
   <si>
     <t>#79 Luis Reed - C</t>
   </si>
   <si>
     <t>#16 Roger Jurgens - WR</t>
   </si>
   <si>
     <t>#76 Nathan Hurley - RT</t>
   </si>
   <si>
     <t>#71 Vincent Himes - LT</t>
   </si>
   <si>
-    <t>#94 Jeff Casteel - SLB</t>
+    <t>#93 Jeff Casteel - SLB</t>
   </si>
   <si>
     <t>#90 Fernando Abreu - DT</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>HAR 34</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-HAR 34 (13:33) 23-Maxwell Payne ran to HAR 34 for a short gain. Tackle by 35-Paul Clark. ARS 69-Frank Jennings was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#15 Shane Peterson - QB</t>
   </si>
   <si>
     <t>#23 Maxwell Payne - RB</t>
   </si>