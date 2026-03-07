--- v0 (2026-01-07)
+++ v1 (2026-03-07)
@@ -1652,51 +1652,51 @@
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-3-LUB 3 (14:57) 27-Alan Deleon ran for 3 yards. TOUCHDOWN! WAC 87-Dennis Barnes was injured on the play. WAC 15 LUB 13</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>(14:55) Extra point by 12-Oscar Rethman is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>(14:55) 12-Oscar Rethman kicks 75 yards from WAC 35 to LUB -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-LUB 25 (14:55) 24-Joseph Pickett ran to LUB 34 for 9 yards. Tackle by 49-William Hightower. LUB 54-Jessie Howe was injured on the play. WAC 56-Daniel Reese was injured on the play.</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>2-1-LUB 34 (14:18) 21-Terry Mansour ran to LUB 42 for 8 yards. Tackle by 42-Robert Greco.</t>
   </si>
   <si>
-    <t>#62 Anthony Funk - RT</t>
+    <t>#52 Anthony Funk - LG</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>1-10-LUB 42 (13:32) 5-Earl Dillard pass complete to 24-Joseph Pickett to LUB 44 for 2 yards. Tackle by 52-Juan Sowell.</t>
   </si>
   <si>
     <t>2-8-LUB 44 (12:58) 24-Joseph Pickett ran to LUB 44 for -1 yards. Tackle by 53-Alfred Boucher.</t>
   </si>
   <si>
     <t>12:18</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>3-8-LUB 44 (12:17) 5-Earl Dillard pass complete to 21-Terry Mansour to LUB 42 for -2 yards. Tackle by 29-Walter Nevius.</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>4-10-LUB 42 (11:34) 46-Julio Charpentier punts 46 yards to WAC 12.</t>
   </si>