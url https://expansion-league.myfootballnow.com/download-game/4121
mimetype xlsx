--- v0 (2025-10-16)
+++ v1 (2025-11-07)
@@ -281,63 +281,63 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>VAN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>SLC</t>
   </si>
   <si>
     <t>SLC 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 11-Juan Suggs kicks 75 yards from SLC 35 to VAN -10. Touchback.</t>
   </si>
   <si>
-    <t>#33 Cameron Crawford - RB</t>
+    <t>#38 Cameron Crawford - RB</t>
   </si>
   <si>
     <t>#24 Thomas Simpson - CB</t>
   </si>
   <si>
     <t>#59 William Simms - WLB</t>
   </si>
   <si>
     <t>#21 Ricky Reynolds - CB</t>
   </si>
   <si>
-    <t>#54 Frank Gilliland - SLB</t>
+    <t>#54 Frank Gilliland - MLB</t>
   </si>
   <si>
     <t>#50 Demarcus Nazario - MLB</t>
   </si>
   <si>
     <t>#90 Alfred Harrington - DT</t>
   </si>
   <si>
     <t>#99 Marvin Loe - LDE</t>
   </si>
   <si>
     <t>#72 Lance Brown - DT</t>
   </si>
   <si>
     <t>#31 Billie Labrecque - CB</t>
   </si>
   <si>
     <t>#56 Andre Payne - MLB</t>
   </si>
   <si>
     <t>#11 Juan Suggs - K</t>
   </si>
   <si>
     <t>VAN</t>
   </si>