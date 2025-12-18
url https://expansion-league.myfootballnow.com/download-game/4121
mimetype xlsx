--- v1 (2025-11-07)
+++ v2 (2025-12-18)
@@ -1634,51 +1634,51 @@
   <si>
     <t>2-14-SLC 1 (0:05) 9-Peter Freeman pass complete to 16-Wayne Hilliker to SLC 8 for 6 yards. Tackle by 56-Andre Payne. SLC 74-Marc Harms was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>3-7-SLC 8 (15:00) 31-Luis Chacon ran to SLC 12 for 4 yards. Tackle by 29-Thomas Simpson. 89-Daniel Meadow missed that block completely. SLC 12-Jonathan Watkins was injured on the play. SLC 81-John Sweet was injured on the play.</t>
   </si>
   <si>
     <t>4-3-SLC 12 (14:18) 17-Jorge Jones punts 54 yards to VAN 34. 33-Cameron Crawford to VAN 38 for 4 yards. Tackle by 64-David Ratliff. 21-Ricky Reynolds missed that block completely.</t>
   </si>
   <si>
     <t>14:07</t>
   </si>
   <si>
     <t>VAN 38</t>
   </si>
   <si>
     <t>1-10-VAN 38 (14:08) 32-Ricky Benefield ran to VAN 37 for -1 yards. Tackle by 68-Douglas Hartford. SLC 78-Peter Lawson was injured on the play.</t>
   </si>
   <si>
     <t>2-11-VAN 37 (13:36) 4-Mitchell Snow pass Pass knocked down by 24-Jackson Johnson. incomplete, intended for 88-Manuel Thornton.</t>
   </si>
   <si>
-    <t>#96 Aaron Martinez - DT</t>
+    <t>#50 Aaron Martinez - DT</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>3-11-VAN 37 (13:34) 4-Mitchell Snow pass complete to 32-Ricky Benefield to SLC 45 for 18 yards. Tackle by 49-William Hightower.</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>SLC 45</t>
   </si>
   <si>
     <t>1-10-SLC 45 (12:59) 4-Mitchell Snow pass complete to 89-Jeffrey Pusey to SLC 27 for 18 yards. Tackle by 49-William Hightower.</t>
   </si>
   <si>
     <t>12:20</t>
   </si>
   <si>
     <t>SLC 27</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep MLB Blitz</t>
   </si>