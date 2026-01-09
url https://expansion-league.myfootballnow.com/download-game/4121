--- v2 (2025-12-18)
+++ v3 (2026-01-09)
@@ -287,96 +287,96 @@
   <si>
     <t>VAN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>SLC</t>
   </si>
   <si>
     <t>SLC 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 11-Juan Suggs kicks 75 yards from SLC 35 to VAN -10. Touchback.</t>
   </si>
   <si>
     <t>#38 Cameron Crawford - RB</t>
   </si>
   <si>
     <t>#24 Thomas Simpson - CB</t>
   </si>
   <si>
-    <t>#59 William Simms - WLB</t>
+    <t>#90 William Simms - WLB</t>
   </si>
   <si>
     <t>#21 Ricky Reynolds - CB</t>
   </si>
   <si>
     <t>#54 Frank Gilliland - MLB</t>
   </si>
   <si>
     <t>#50 Demarcus Nazario - MLB</t>
   </si>
   <si>
     <t>#90 Alfred Harrington - DT</t>
   </si>
   <si>
     <t>#99 Marvin Loe - LDE</t>
   </si>
   <si>
     <t>#72 Lance Brown - DT</t>
   </si>
   <si>
     <t>#31 Billie Labrecque - CB</t>
   </si>
   <si>
     <t>#56 Andre Payne - MLB</t>
   </si>
   <si>
     <t>#11 Juan Suggs - K</t>
   </si>
   <si>
     <t>VAN</t>
   </si>
   <si>
     <t>VAN 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-VAN 25 (15:00) 33-Cameron Crawford ran to VAN 30 for 5 yards. Tackle by 49-William Hightower.</t>
   </si>
   <si>
-    <t>#4 Mitchell Snow - QB</t>
+    <t>#8 Mitchell Snow - QB</t>
   </si>
   <si>
     <t>#86 Raymond Williams - TE</t>
   </si>
   <si>
     <t>#88 Manuel Thornton - TE</t>
   </si>
   <si>
     <t>#19 Robert Bryant - WR</t>
   </si>
   <si>
     <t>#82 Jeffrey Pusey - WR</t>
   </si>
   <si>
     <t>#71 Earl Walsh - LG</t>
   </si>
   <si>
     <t>#74 Jaime Reeves - LG</t>
   </si>
   <si>
     <t>#63 Dennis Greene - C</t>
   </si>
   <si>
     <t>#60 Robert Kenney - RG</t>
   </si>
@@ -683,51 +683,51 @@
   <si>
     <t>(9:47) 11-Juan Suggs kicks 74 yards from SLC 35 to VAN -9. Touchback.</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>1-10-VAN 25 (9:47) 4-Mitchell Snow pass complete to 12-Terry Adams to VAN 35 for 10 yards. Tackle by 49-William Hightower. 12-Terry Adams breaks down the CB.</t>
   </si>
   <si>
     <t>#12 Terry Adams - WR</t>
   </si>
   <si>
     <t>9:05</t>
   </si>
   <si>
     <t>VAN 35</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-1-VAN 35 (9:04) 33-Cameron Crawford ran to VAN 39 for 4 yards. Tackle by 97-Shawn Kennedy. SLC 99-John Porras was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#59 Paul Hamilton - WLB</t>
+    <t>#51 Paul Hamilton - WLB</t>
   </si>
   <si>
     <t>8:28</t>
   </si>
   <si>
     <t>VAN 39</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-VAN 39 (8:27) 4-Mitchell Snow pass complete to 89-Jeffrey Pusey to VAN 49 for 10 yards. Tackle by 92-William Wharton.</t>
   </si>
   <si>
     <t>#32 Ricky Benefield - RB</t>
   </si>
   <si>
     <t>#16 Douglas Keeton - WR</t>
   </si>
   <si>
     <t>7:42</t>
   </si>
@@ -878,51 +878,51 @@
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-SLC 46 (2:01) 4-Mitchell Snow pass complete to 19-Robert Bryant to SLC 43 for 3 yards. Tackle by 25-Guy Thrash.</t>
   </si>
   <si>
     <t>#14 Peter Johnson - WR</t>
   </si>
   <si>
     <t>#58 Christopher Clayton - DT</t>
   </si>
   <si>
     <t>1:15</t>
   </si>
   <si>
     <t>SLC 43</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-7-SLC 43 (1:14) 4-Mitchell Snow pass complete to 18-Sandy Via to SLC 30 for 12 yards. Tackle by 92-William Wharton. VAN 88-Manuel Thornton was injured on the play. He looks like he should be able to return. PENALTY - Holding (VAN 75-Jaime Reeves)</t>
   </si>
   <si>
-    <t>#89 Sandy Via - WR</t>
+    <t>#13 Sandy Via - WR</t>
   </si>
   <si>
     <t>1:09</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>2-17-VAN 47 (1:10) 4-Mitchell Snow pass complete to 14-Peter Johnson to VAN 48 for a short gain. Tackle by 36-Roberto Mercado. 14-Peter Johnson breaks down the CB.</t>
   </si>
   <si>
     <t>0:31</t>
   </si>
   <si>
     <t>VAN 48</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
@@ -1064,51 +1064,51 @@
   <si>
     <t>11:31</t>
   </si>
   <si>
     <t>SLC 13</t>
   </si>
   <si>
     <t>3-8-SLC 13 (11:30) 32-Ricky Benefield ran to SLC 12 for a short gain. Tackle by 92-William Wharton.</t>
   </si>
   <si>
     <t>10:52</t>
   </si>
   <si>
     <t>SLC 12</t>
   </si>
   <si>
     <t>4-7-SLC 12 (10:51) 5-Perry Whitfield 29 yard field goal is GOOD. SLC 3 VAN 3</t>
   </si>
   <si>
     <t>#8 Jack Hefner - QB</t>
   </si>
   <si>
     <t>#5 Perry Whitfield - K</t>
   </si>
   <si>
-    <t>#76 Nicholas Evans - RT</t>
+    <t>#67 Nicholas Evans - RT</t>
   </si>
   <si>
     <t>#91 Daniel Castaneda - MLB</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>(10:49) 5-Perry Whitfield kicks 72 yards from VAN 35 to SLC -7. Touchback.</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>1-10-SLC 25 (10:49) 9-Peter Freeman pass complete to 89-Daniel Meadow to SLC 35 for 10 yards. Tackle by 21-Ricky Reynolds. VAN 91-Joseph Hulings was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:10</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal 3 Deep Zone Under</t>
   </si>