--- v3 (2026-01-09)
+++ v4 (2026-02-18)
@@ -380,51 +380,51 @@
   <si>
     <t>#60 Robert Kenney - RG</t>
   </si>
   <si>
     <t>#74 Jeffrey Kelly - RT</t>
   </si>
   <si>
     <t>#69 Douglas Hartford - RDE</t>
   </si>
   <si>
     <t>#90 Terrance McKay - DT</t>
   </si>
   <si>
     <t>#77 Charles Murray - DT</t>
   </si>
   <si>
     <t>#95 Peter Lawson - RDE</t>
   </si>
   <si>
     <t>#97 Shawn Kennedy - SLB</t>
   </si>
   <si>
     <t>#97 William Thompson - MLB</t>
   </si>
   <si>
-    <t>#51 William Wharton - WLB</t>
+    <t>#57 William Wharton - WLB</t>
   </si>
   <si>
     <t>#36 Roberto Mercado - CB</t>
   </si>
   <si>
     <t>#23 Guy Thrash - CB</t>
   </si>
   <si>
     <t>#24 Jackson Johnson - CB</t>
   </si>
   <si>
     <t>#49 William Hightower - FS</t>
   </si>
   <si>
     <t>14:29</t>
   </si>
   <si>
     <t>VAN 30</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>