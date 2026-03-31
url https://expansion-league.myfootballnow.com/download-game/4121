--- v4 (2026-02-18)
+++ v5 (2026-03-31)
@@ -365,51 +365,51 @@
   <si>
     <t>#19 Robert Bryant - WR</t>
   </si>
   <si>
     <t>#82 Jeffrey Pusey - WR</t>
   </si>
   <si>
     <t>#71 Earl Walsh - LG</t>
   </si>
   <si>
     <t>#74 Jaime Reeves - LG</t>
   </si>
   <si>
     <t>#63 Dennis Greene - C</t>
   </si>
   <si>
     <t>#60 Robert Kenney - RG</t>
   </si>
   <si>
     <t>#74 Jeffrey Kelly - RT</t>
   </si>
   <si>
     <t>#69 Douglas Hartford - RDE</t>
   </si>
   <si>
-    <t>#90 Terrance McKay - DT</t>
+    <t>#91 Terrance McKay - DT</t>
   </si>
   <si>
     <t>#77 Charles Murray - DT</t>
   </si>
   <si>
     <t>#95 Peter Lawson - RDE</t>
   </si>
   <si>
     <t>#97 Shawn Kennedy - SLB</t>
   </si>
   <si>
     <t>#97 William Thompson - MLB</t>
   </si>
   <si>
     <t>#57 William Wharton - WLB</t>
   </si>
   <si>
     <t>#36 Roberto Mercado - CB</t>
   </si>
   <si>
     <t>#23 Guy Thrash - CB</t>
   </si>
   <si>
     <t>#24 Jackson Johnson - CB</t>
   </si>