--- v0 (2025-10-17)
+++ v1 (2025-11-07)
@@ -311,51 +311,51 @@
   <si>
     <t>#30 Scott Pyles - CB</t>
   </si>
   <si>
     <t>#24 Francis Stevenson - FS</t>
   </si>
   <si>
     <t>#36 Robert Baker - CB</t>
   </si>
   <si>
     <t>#94 Bradley Bell - RDE</t>
   </si>
   <si>
     <t>#96 Laurence Maddox - RDE</t>
   </si>
   <si>
     <t>#51 James Miller - MLB</t>
   </si>
   <si>
     <t>#95 Charlie Oconnor - SLB</t>
   </si>
   <si>
     <t>#21 Roy Chaplin - CB</t>
   </si>
   <si>
-    <t>#69 Frank Jennings - DT</t>
+    <t>#65 Frank Jennings - DT</t>
   </si>
   <si>
     <t>#16 Marc Cedeno - K</t>
   </si>
   <si>
     <t>FRF</t>
   </si>
   <si>
     <t>FRF 25</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-FRF 25 (15:00) 7-Patrick Hanson pass complete to 86-Rodney Lorentzen to FRF 32 for 7 yards. Tackle by 57-James Kane.</t>
   </si>
   <si>
     <t>#7 Patrick Hanson - QB</t>
   </si>
   <si>
     <t>#82 Stephen Oneil - TE</t>
   </si>