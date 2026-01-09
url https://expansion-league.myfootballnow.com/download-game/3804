--- v1 (2025-11-07)
+++ v2 (2026-01-09)
@@ -509,51 +509,51 @@
   <si>
     <t>#52 Mathew Wellman - LT</t>
   </si>
   <si>
     <t>#78 Felix Drew - RT</t>
   </si>
   <si>
     <t>#76 Neal Chavez - DT</t>
   </si>
   <si>
     <t>#51 Howard Arreguin - MLB</t>
   </si>
   <si>
     <t>#92 Kenneth Ruiz - RDE</t>
   </si>
   <si>
     <t>#90 Donald Darnell - WLB</t>
   </si>
   <si>
     <t>#62 Jose Spencer - RDE</t>
   </si>
   <si>
     <t>(12:58) 4-Paul Lee kicks 74 yards from FRF 35 to OAK -9. Touchback.</t>
   </si>
   <si>
-    <t>#39 Dan Kozlowski - RB</t>
+    <t>#27 Dan Kozlowski - RB</t>
   </si>
   <si>
     <t>OAK 25</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>46 Heavy SS MLB Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 25 (12:58) 39-Dan Kozlowski ran to OAK 32 for 7 yards. Tackle by 96-Laurence Maddox.</t>
   </si>
   <si>
     <t>#13 Daniel Rivera - QB</t>
   </si>
   <si>
     <t>#39 Virgil Merritt - RB</t>
   </si>
   <si>
     <t>#83 James Garay - TE</t>
   </si>
   <si>
     <t>#13 Bryan Sinclair - WR</t>
   </si>
@@ -569,96 +569,96 @@
   <si>
     <t>#75 Frederick Navarro - C</t>
   </si>
   <si>
     <t>#62 William Plowman - RG</t>
   </si>
   <si>
     <t>#55 Timothy Rosol - RT</t>
   </si>
   <si>
     <t>#76 Sean Manos - LDE</t>
   </si>
   <si>
     <t>#55 Xavier Romine - MLB</t>
   </si>
   <si>
     <t>#57 Hung Hubbard - SLB</t>
   </si>
   <si>
     <t>#36 Myron Alexander - CB</t>
   </si>
   <si>
     <t>#25 Ronald Molnar - CB</t>
   </si>
   <si>
-    <t>#48 Jeffrey Kennon - SS</t>
+    <t>#33 Jeffrey Kennon - SS</t>
   </si>
   <si>
     <t>12:26</t>
   </si>
   <si>
     <t>OAK 32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>2-3-OAK 32 (12:25) 39-Dan Kozlowski ran to OAK 33 for 1 yards. Tackle by 76-Sean Manos.</t>
   </si>
   <si>
     <t>#24 Ryan Mendoza - RB</t>
   </si>
   <si>
     <t>#81 Garry Weathers - TE</t>
   </si>
   <si>
     <t>11:49</t>
   </si>
   <si>
     <t>OAK 33</t>
   </si>
   <si>
     <t>3-2-OAK 33 (11:48) 39-Dan Kozlowski ran to OAK 34 for 1 yards. Tackle by 93-Frank Jennings.</t>
   </si>
   <si>
     <t>11:09</t>
   </si>
   <si>
     <t>OAK 34</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-OAK 34 (11:08) 4-Mark Crabtree punts 50 yards to FRF 17. Fair Catch by 43-Kenneth Corr.</t>
   </si>
   <si>
-    <t>#4 Mark Crabtree - P</t>
+    <t>#1 Mark Crabtree - P</t>
   </si>
   <si>
     <t>#81 Martin Torres - TE</t>
   </si>
   <si>
     <t>#60 Frank Mayberry - LT</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>FRF 17</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-FRF 17 (11:01) 43-Kenneth Corr ran to FRF 28 for 12 yards. Tackle by 37-Christopher Rhone.</t>
   </si>
   <si>
     <t>10:25</t>
   </si>