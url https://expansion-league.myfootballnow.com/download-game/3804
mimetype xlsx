--- v2 (2026-01-09)
+++ v3 (2026-02-18)
@@ -551,51 +551,51 @@
   <si>
     <t>#39 Virgil Merritt - RB</t>
   </si>
   <si>
     <t>#83 James Garay - TE</t>
   </si>
   <si>
     <t>#13 Bryan Sinclair - WR</t>
   </si>
   <si>
     <t>#83 Robert Womack - WR</t>
   </si>
   <si>
     <t>#74 Valentine Alonzo - LT</t>
   </si>
   <si>
     <t>#71 Steve Amato - LT</t>
   </si>
   <si>
     <t>#75 Frederick Navarro - C</t>
   </si>
   <si>
     <t>#62 William Plowman - RG</t>
   </si>
   <si>
-    <t>#55 Timothy Rosol - RT</t>
+    <t>#54 Timothy Rosol - RT</t>
   </si>
   <si>
     <t>#76 Sean Manos - LDE</t>
   </si>
   <si>
     <t>#55 Xavier Romine - MLB</t>
   </si>
   <si>
     <t>#57 Hung Hubbard - SLB</t>
   </si>
   <si>
     <t>#36 Myron Alexander - CB</t>
   </si>
   <si>
     <t>#25 Ronald Molnar - CB</t>
   </si>
   <si>
     <t>#33 Jeffrey Kennon - SS</t>
   </si>
   <si>
     <t>12:26</t>
   </si>
   <si>
     <t>OAK 32</t>
   </si>