--- v3 (2026-02-18)
+++ v4 (2026-03-10)
@@ -356,51 +356,51 @@
   <si>
     <t>#7 Patrick Hanson - QB</t>
   </si>
   <si>
     <t>#82 Stephen Oneil - TE</t>
   </si>
   <si>
     <t>#86 Rodney Lorentzen - TE</t>
   </si>
   <si>
     <t>#81 Eric Comstock - WR</t>
   </si>
   <si>
     <t>#11 Paul Jack - WR</t>
   </si>
   <si>
     <t>#78 Michael Stevens - LG</t>
   </si>
   <si>
     <t>#62 Walter Samuels - LG</t>
   </si>
   <si>
     <t>#54 Mark Johnson - RT</t>
   </si>
   <si>
-    <t>#79 Michael Krout - RG</t>
+    <t>#54 Michael Krout - RG</t>
   </si>
   <si>
     <t>#67 James Carr - RT</t>
   </si>
   <si>
     <t>#71 Elijah McAuliffe - LDE</t>
   </si>
   <si>
     <t>#61 Billy Holbrook - DT</t>
   </si>
   <si>
     <t>#52 Donald Seymour - RDE</t>
   </si>
   <si>
     <t>#57 James Kane - SLB</t>
   </si>
   <si>
     <t>#59 Jonathon Adams - MLB</t>
   </si>
   <si>
     <t>#92 Ryan Jaramillo - MLB</t>
   </si>
   <si>
     <t>#52 Joe Carlson - SLB</t>
   </si>