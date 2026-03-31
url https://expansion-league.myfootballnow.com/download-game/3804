--- v4 (2026-03-10)
+++ v5 (2026-03-31)
@@ -380,60 +380,60 @@
   <si>
     <t>#54 Michael Krout - RG</t>
   </si>
   <si>
     <t>#67 James Carr - RT</t>
   </si>
   <si>
     <t>#71 Elijah McAuliffe - LDE</t>
   </si>
   <si>
     <t>#61 Billy Holbrook - DT</t>
   </si>
   <si>
     <t>#52 Donald Seymour - RDE</t>
   </si>
   <si>
     <t>#57 James Kane - SLB</t>
   </si>
   <si>
     <t>#59 Jonathon Adams - MLB</t>
   </si>
   <si>
     <t>#92 Ryan Jaramillo - MLB</t>
   </si>
   <si>
-    <t>#52 Joe Carlson - SLB</t>
+    <t>#54 Joe Carlson - SLB</t>
   </si>
   <si>
     <t>#38 Gregory McCarty - CB</t>
   </si>
   <si>
     <t>#33 Steven Thompson - CB</t>
   </si>
   <si>
-    <t>#36 Christopher Rhone - SS</t>
+    <t>#33 Christopher Rhone - SS</t>
   </si>
   <si>
     <t>#7 Kenneth Barnett - FS</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>FRF 32</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-3-FRF 32 (14:24) 43-Kenneth Corr ran to FRF 35 for 3 yards. Tackle by 59-Jonathon Adams.</t>
   </si>
   <si>
     <t>#84 John Burris - TE</t>
   </si>
   <si>
     <t>#92 Bradley Muller - LDE</t>
   </si>