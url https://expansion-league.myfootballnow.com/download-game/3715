--- v0 (2025-10-17)
+++ v1 (2026-01-19)
@@ -338,87 +338,87 @@
   <si>
     <t>#14 Joseph Collier - K</t>
   </si>
   <si>
     <t>LUB</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>LUB 20</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-LUB 20 (14:57) 14-Thomas Mendez pass complete to 11-Michael Mercado to LUB 25 for 5 yards. Tackle by 31-Roy Cruz.</t>
   </si>
   <si>
     <t>#14 Thomas Mendez - QB</t>
   </si>
   <si>
-    <t>#32 William Valencia - RB</t>
+    <t>#47 William Valencia - RB</t>
   </si>
   <si>
     <t>#42 Willis Sutton - FB</t>
   </si>
   <si>
     <t>#89 Thomas Atkinson - TE</t>
   </si>
   <si>
     <t>#11 Michael Mercado - WR</t>
   </si>
   <si>
     <t>#36 Andrew Gorski - WR</t>
   </si>
   <si>
     <t>#74 William Soto - LT</t>
   </si>
   <si>
     <t>#73 Randy Buzbee - LG</t>
   </si>
   <si>
     <t>#60 Alden Britt - C</t>
   </si>
   <si>
     <t>#71 Robert Remington - RG</t>
   </si>
   <si>
     <t>#76 David Brown - RT</t>
   </si>
   <si>
     <t>#77 Ricardo Smith - LDE</t>
   </si>
   <si>
     <t>#58 Willie Harris - DT</t>
   </si>
   <si>
-    <t>#92 Thomas Douglas - DT</t>
+    <t>#97 Thomas Douglas - DT</t>
   </si>
   <si>
     <t>#90 Patrick Neuhaus - RDE</t>
   </si>
   <si>
     <t>#52 Thomas Griffith - SLB</t>
   </si>
   <si>
     <t>#53 Anthony Torres - MLB</t>
   </si>
   <si>
     <t>#90 Jeff Hollingshead - WLB</t>
   </si>
   <si>
     <t>#31 Roy Cruz - CB</t>
   </si>
   <si>
     <t>#28 Jack Elizondo - CB</t>
   </si>
   <si>
     <t>#23 David Sommers - SLB</t>
   </si>
   <si>
     <t>#36 Jose McMahon - FS</t>
   </si>
@@ -437,51 +437,51 @@
   <si>
     <t>2-5-LUB 25 (14:13) 14-Thomas Mendez pass complete to 32-William Valencia to LUB 28 for 3 yards. Tackle by 31-Roy Cruz. LUB 65-Robert Remington was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#18 Raymond Kline - WR</t>
   </si>
   <si>
     <t>#25 Bennie Thompson - CB</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>LUB 28</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-2-LUB 28 (13:30) 32-William Valencia ran to LUB 34 for 6 yards. Tackle by 92-Thomas Douglas. 60-Alden Britt completely missed his blocking assignment.</t>
   </si>
   <si>
-    <t>#68 Numbers Wright - C</t>
+    <t>#64 Numbers Wright - C</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>LUB 34</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-LUB 34 (12:53) 14-Thomas Mendez pass complete to 36-Andrew Gorski to LUB 47 for 13 yards. Tackle by 36-Jose McMahon.</t>
   </si>
   <si>
     <t>12:07</t>
   </si>
   <si>
     <t>LUB 47</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
@@ -557,69 +557,69 @@
   <si>
     <t>VIN 12</t>
   </si>
   <si>
     <t>I Formation Twin WR Slot Out</t>
   </si>
   <si>
     <t>1-10-VIN 12 (11:07) 4-Stuart Baker pass incomplete, dropped by 86-David Stevens.</t>
   </si>
   <si>
     <t>#4 Stuart Baker - QB</t>
   </si>
   <si>
     <t>#44 Andrew Aguilar - RB</t>
   </si>
   <si>
     <t>#27 Gregory King - FB</t>
   </si>
   <si>
     <t>#86 David Stevens - TE</t>
   </si>
   <si>
     <t>#16 Joe Warren - WR</t>
   </si>
   <si>
-    <t>#68 Donald Wilson - LT</t>
+    <t>#56 Donald Wilson - LT</t>
   </si>
   <si>
     <t>#61 Frank Outlaw - LG</t>
   </si>
   <si>
-    <t>#66 Valentin Singer - C</t>
+    <t>#79 Valentin Singer - C</t>
   </si>
   <si>
     <t>#65 Frank Horton - RG</t>
   </si>
   <si>
     <t>#76 Walter Morales - RT</t>
   </si>
   <si>
     <t>#71 Nicholas Cannon - LDE</t>
   </si>
   <si>
-    <t>#40 Danny Johnson - CB</t>
+    <t>#39 Danny Johnson - SS</t>
   </si>
   <si>
     <t>#23 Vincent Warner - CB</t>
   </si>
   <si>
     <t>#38 Timmy Barron - SS</t>
   </si>
   <si>
     <t>11:01</t>
   </si>
   <si>
     <t>Singleback Normal SE Quick Hit</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>2-10-VIN 12 (11:02) 4-Stuart Baker pass Pass knocked down by 23-Vincent Warner. incomplete, intended for 16-Joe Warren.</t>
   </si>
   <si>
     <t>#17 Peter Reid - WR</t>
   </si>
   <si>
     <t>10:58</t>
   </si>
@@ -629,51 +629,51 @@
   <si>
     <t>3-10-VIN 12 (10:59) 4-Stuart Baker pass complete to 46-Andrew Aguilar to VIN 37 for 25 yards. Tackle by 38-Timmy Barron.</t>
   </si>
   <si>
     <t>10:21</t>
   </si>
   <si>
     <t>VIN 37</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-VIN 37 (10:20) 4-Stuart Baker pass complete to 86-David Stevens to VIN 42 for 5 yards. Tackle by 53-Dan Lainez.</t>
   </si>
   <si>
     <t>#35 Joshua Hurley - RB</t>
   </si>
   <si>
     <t>#43 Clarence Robinson - FB</t>
   </si>
   <si>
-    <t>#83 Mark Coleman - TE</t>
+    <t>#88 Mark Coleman - TE</t>
   </si>
   <si>
     <t>#59 William Head - LDE</t>
   </si>
   <si>
     <t>9:37</t>
   </si>
   <si>
     <t>VIN 42</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle Deep Man</t>
   </si>
   <si>
     <t>2-5-VIN 42 (9:36) 4-Stuart Baker pass complete to 35-Joshua Hurley to LUB 33 for 25 yards.</t>
   </si>
   <si>
     <t>8:56</t>
   </si>
   <si>
     <t>LUB 33</t>
   </si>
   <si>
     <t>Strong I Normal Quick Hooks</t>
   </si>
@@ -707,51 +707,51 @@
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Normal Cover 3 Zone Under</t>
   </si>
   <si>
     <t>3-5-LUB 28 (7:46) 4-Stuart Baker pass complete to 27-Gregory King to LUB 14 for 13 yards.</t>
   </si>
   <si>
     <t>7:05</t>
   </si>
   <si>
     <t>LUB 14</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-LUB 14 (7:04) 4-Stuart Baker pass complete to 86-David Stevens to LUB 3 for 11 yards. Tackle by 25-Roger McHugh. 86-David Stevens made a great move on the CB. Pressure by 93-Chad Rowe. VIN 76-Walter Morales was injured on the play. He looks like he should be able to return. VIN 86-David Stevens was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#90 Joe Lemay - WLB</t>
+    <t>#90 Joe Lemay - SLB</t>
   </si>
   <si>
     <t>6:23</t>
   </si>
   <si>
     <t>LUB 3</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>1-3-LUB 3 (6:22) 4-Stuart Baker sacked at LUB 6 for -3 yards (71-Nicholas Cannon). Sack allowed by 77-Paul Carter.</t>
   </si>
   <si>
     <t>#77 Paul Carter - RT</t>
   </si>
   <si>
     <t>5:37</t>
   </si>
   <si>
     <t>LUB 6</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
@@ -1235,51 +1235,51 @@
   <si>
     <t>1:25</t>
   </si>
   <si>
     <t>LUB 42</t>
   </si>
   <si>
     <t>1-10-LUB 42 (1:24) 4-Stuart Baker pass complete to 46-Andrew Aguilar to LUB 40 for 2 yards. Tackle by 40-Danny Johnson.</t>
   </si>
   <si>
     <t>1:01</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>2-8-LUB 40 (1:00) 4-Stuart Baker pass complete to 16-Joe Warren to LUB 34 for 7 yards. Tackle by 53-Dan Lainez. LUB 22-Brian Miller was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:38</t>
   </si>
   <si>
     <t>3-2-LUB 34 (0:37) 4-Stuart Baker pass complete to 87-Christopher Hutton to LUB 28 for 5 yards. Tackle by 99-Joe Lemay.</t>
   </si>
   <si>
-    <t>#87 Christopher Hutton - WR</t>
+    <t>#16 Christopher Hutton - WR</t>
   </si>
   <si>
     <t>0:33</t>
   </si>
   <si>
     <t>0:31</t>
   </si>
   <si>
     <t>1-10-LUB 28 (0:32) 4-Stuart Baker pass complete to 16-Joe Warren to LUB 22 for 6 yards. Tackle by 63-Daniel Houston.</t>
   </si>
   <si>
     <t>0:05</t>
   </si>
   <si>
     <t>LUB 22</t>
   </si>
   <si>
     <t>2-4-LUB 22 (0:04) 14-Joseph Collier 39 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>0:01</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>