--- v1 (2026-01-19)
+++ v2 (2026-03-20)
@@ -575,51 +575,51 @@
   <si>
     <t>#86 David Stevens - TE</t>
   </si>
   <si>
     <t>#16 Joe Warren - WR</t>
   </si>
   <si>
     <t>#56 Donald Wilson - LT</t>
   </si>
   <si>
     <t>#61 Frank Outlaw - LG</t>
   </si>
   <si>
     <t>#79 Valentin Singer - C</t>
   </si>
   <si>
     <t>#65 Frank Horton - RG</t>
   </si>
   <si>
     <t>#76 Walter Morales - RT</t>
   </si>
   <si>
     <t>#71 Nicholas Cannon - LDE</t>
   </si>
   <si>
-    <t>#39 Danny Johnson - SS</t>
+    <t>#42 Danny Johnson - SS</t>
   </si>
   <si>
     <t>#23 Vincent Warner - CB</t>
   </si>
   <si>
     <t>#38 Timmy Barron - SS</t>
   </si>
   <si>
     <t>11:01</t>
   </si>
   <si>
     <t>Singleback Normal SE Quick Hit</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>2-10-VIN 12 (11:02) 4-Stuart Baker pass Pass knocked down by 23-Vincent Warner. incomplete, intended for 16-Joe Warren.</t>
   </si>
   <si>
     <t>#17 Peter Reid - WR</t>
   </si>
   <si>
     <t>10:58</t>
   </si>
@@ -815,51 +815,51 @@
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-LUB 41 (3:28) 14-Thomas Mendez pass complete to 32-William Valencia to LUB 47 for 6 yards. Tackle by 52-Thomas Griffith. Great move by 32-William Valencia to get free of his coverage.</t>
   </si>
   <si>
     <t>2:47</t>
   </si>
   <si>
     <t>2-4-LUB 47 (2:46) 14-Thomas Mendez pass Pass knocked down by 39-Cyrus Sneed. incomplete, intended for 11-Michael Mercado.</t>
   </si>
   <si>
     <t>#29 Randall Rich - SS</t>
   </si>
   <si>
     <t>2:42</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>3-4-LUB 47 (2:42) 14-Thomas Mendez sacked at LUB 37 for -9 yards (90-Patrick Neuhaus). Sack allowed by 74-William Soto.</t>
   </si>
   <si>
-    <t>#18 Jeremy Daughtry - WR</t>
+    <t>#82 Jeremy Daughtry - WR</t>
   </si>
   <si>
     <t>2:05</t>
   </si>
   <si>
     <t>LUB 37</t>
   </si>
   <si>
     <t>4-13-LUB 37 (2:04) 46-Julio Charpentier punts 51 yards to VIN 12.</t>
   </si>
   <si>
     <t>#93 Ned Dodd - WLB</t>
   </si>
   <si>
     <t>1:53</t>
   </si>
   <si>
     <t>1-10-VIN 12 (1:54) 4-Stuart Baker pass complete to 15-Peter Reid to VIN 26 for 14 yards. Tackle by 39-Herman Houghton. 15-Peter Reid breaks down the CB.</t>
   </si>
   <si>
     <t>1:18</t>
   </si>
   <si>
     <t>VIN 26</t>
   </si>