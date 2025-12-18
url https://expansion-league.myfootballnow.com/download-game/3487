--- v0 (2025-10-17)
+++ v1 (2025-12-18)
@@ -350,60 +350,60 @@
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-VIN 25 (15:00) 46-Andrew Aguilar ran to VIN 36 for 11 yards. Tackle by 24-Isaac Waddell.</t>
   </si>
   <si>
     <t>#4 Stuart Baker - QB</t>
   </si>
   <si>
     <t>#44 Andrew Aguilar - RB</t>
   </si>
   <si>
     <t>#86 David Stevens - TE</t>
   </si>
   <si>
     <t>#17 Kevin Flores - WR</t>
   </si>
   <si>
     <t>#17 Peter Reid - WR</t>
   </si>
   <si>
     <t>#41 Kenneth Artis - WR</t>
   </si>
   <si>
-    <t>#68 Donald Wilson - LT</t>
+    <t>#56 Donald Wilson - LT</t>
   </si>
   <si>
     <t>#61 Frank Outlaw - LG</t>
   </si>
   <si>
     <t>#60 Oscar Cade - C</t>
   </si>
   <si>
-    <t>#51 Leslie Cherry - RG</t>
+    <t>#50 Leslie Cherry - RG</t>
   </si>
   <si>
     <t>#57 Sean Murray - RT</t>
   </si>
   <si>
     <t>#52 Bernard Dove - LDE</t>
   </si>
   <si>
     <t>#96 Randy Bunton - DT</t>
   </si>
   <si>
     <t>#55 Richard Garcia - DT</t>
   </si>
   <si>
     <t>#69 Timothy Botello - RDE</t>
   </si>
   <si>
     <t>#93 Clifford Lewis - MLB</t>
   </si>
   <si>
     <t>#99 Arthur Anding - WLB</t>
   </si>
   <si>
     <t>#27 Kevin Johnson - CB</t>
   </si>
@@ -413,105 +413,105 @@
   <si>
     <t>#38 Joseph Higgins - CB</t>
   </si>
   <si>
     <t>#29 Michael Wilson - SS</t>
   </si>
   <si>
     <t>#24 Isaac Waddell - FS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>VIN 36</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-VIN 36 (14:23) 4-Stuart Baker pass complete to 86-David Stevens to BIR 33 for 32 yards. Tackle by 24-Isaac Waddell.</t>
   </si>
   <si>
-    <t>#83 Mark Coleman - TE</t>
-[...2 lines deleted...]
-    <t>#52 Gregory Fritz - SLB</t>
+    <t>#88 Mark Coleman - TE</t>
+  </si>
+  <si>
+    <t>#59 Gregory Fritz - SLB</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>BIR 33</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
   <si>
     <t>1-10-BIR 33 (13:35) 35-Joshua Hurley ran to BIR 19 for 14 yards. Tackle by 93-Clifford Lewis. VIN 78-Oscar Cade was injured on the play. He looks like he should be able to return. BIR 96-Randy Bunton was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#35 Joshua Hurley - RB</t>
   </si>
   <si>
-    <t>#68 Michael McKay - DT</t>
+    <t>#79 Michael McKay - DT</t>
   </si>
   <si>
     <t>#91 William Crosier - LDE</t>
   </si>
   <si>
     <t>#52 Billy Deems - WLB</t>
   </si>
   <si>
     <t>#20 Daniel Fletcher - SS</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>BIR 19</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-BIR 19 (12:49) 35-Joshua Hurley ran to BIR 16 for 3 yards. Tackle by 52-Gregory Fritz.</t>
   </si>
   <si>
     <t>#27 Gregory King - FB</t>
   </si>
   <si>
-    <t>#66 Valentin Singer - C</t>
+    <t>#79 Valentin Singer - C</t>
   </si>
   <si>
     <t>#60 Anthony Johnson - LDE</t>
   </si>
   <si>
     <t>#97 Wallace Jones - SLB</t>
   </si>
   <si>
     <t>#26 Dustin Robles - SS</t>
   </si>
   <si>
     <t>12:05</t>
   </si>
   <si>
     <t>BIR 16</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>2-7-BIR 16 (12:04) 20-Thomas Kim ran to BIR 13 for 3 yards. Tackle by 35-Michael Wilson.</t>
   </si>
   <si>
     <t>#94 Clifton Garcia - SLB</t>
   </si>
@@ -605,63 +605,63 @@
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-BIR 22 (10:48) 34-David Allen ran to BIR 21 for -1 yards. Tackle by 44-John Jones.</t>
   </si>
   <si>
     <t>#19 Marshall Summers - QB</t>
   </si>
   <si>
     <t>#34 David Allen - RB</t>
   </si>
   <si>
     <t>#42 Charles Shanley - RB</t>
   </si>
   <si>
     <t>#48 Sherman Blaylock - FB</t>
   </si>
   <si>
     <t>#86 Paul Degregorio - TE</t>
   </si>
   <si>
     <t>#84 Jonathan Allen - TE</t>
   </si>
   <si>
-    <t>#60 Ralph Kendall - LT</t>
-[...2 lines deleted...]
-    <t>#72 John Hutchinson - LG</t>
+    <t>#78 Ralph Kendall - LT</t>
+  </si>
+  <si>
+    <t>#77 John Hutchinson - LG</t>
   </si>
   <si>
     <t>#66 John Lashbrook - C</t>
   </si>
   <si>
     <t>#79 Gerry Barker - RG</t>
   </si>
   <si>
-    <t>#76 Rodolfo Andrews - RT</t>
+    <t>#73 Rodolfo Andrews - RT</t>
   </si>
   <si>
     <t>#77 Ricardo Smith - LDE</t>
   </si>
   <si>
     <t>#55 Leonard Berens - RDE</t>
   </si>
   <si>
     <t>#58 Willie Harris - DT</t>
   </si>
   <si>
     <t>#62 Preston Richard - DT</t>
   </si>
   <si>
     <t>#74 Kenny Acevedo - RDE</t>
   </si>
   <si>
     <t>#90 Jeff Hollingshead - WLB</t>
   </si>
   <si>
     <t>10:09</t>
   </si>
   <si>
     <t>BIR 21</t>
   </si>
@@ -1562,51 +1562,51 @@
   <si>
     <t>3:01</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-9-BIR 48 (3:00) 5-Marshall Summers pass complete to 31-Charles Shanley to BIR 50 for 1 yards. Tackle by 57-Brett Martina.</t>
   </si>
   <si>
     <t>2:24</t>
   </si>
   <si>
     <t>BIR 50</t>
   </si>
   <si>
     <t>3-8-BIR 50 (2:23) 5-Marshall Summers pass Pass knocked down by 25-Bennie Thompson. incomplete, intended for 81-Paul Degregorio.</t>
   </si>
   <si>
     <t>2:19</t>
   </si>
   <si>
     <t>4-8-BIR 50 (2:20) 13-Johnnie Downing punts 56 yards to VIN -5.4-8-BIR 50 (2:20) 13-Johnnie Downing punts 56 yards to VIN -5. Touchback.</t>
   </si>
   <si>
-    <t>#65 Bruce Quarterman - C</t>
+    <t>#69 Bruce Quarterman - C</t>
   </si>
   <si>
     <t>1-10-VIN 20 (2:12) 4-Stuart Baker pass Pass knocked down by 35-Michael Wilson. incomplete, intended for 81-Mark Coleman. Pressure by 93-Clifford Lewis. 35-Michael Wilson got away with a hold on that play. PENALTY - Holding (VIN 27-Gregory King)</t>
   </si>
   <si>
     <t>2:06</t>
   </si>
   <si>
     <t>VIN 10</t>
   </si>
   <si>
     <t>1-20-VIN 10 (2:07) 4-Stuart Baker pass Pass knocked down by 93-Clifford Lewis. incomplete, intended for 86-David Stevens. 56-Arthur Anding got away with a hold on that play.</t>
   </si>
   <si>
     <t>2:03</t>
   </si>
   <si>
     <t>2-20-VIN 10 (2:04) 35-Joshua Hurley ran to VIN 10 for a short loss. Tackle by 35-Michael Wilson.</t>
   </si>
   <si>
     <t>1:31</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>