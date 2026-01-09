--- v1 (2025-12-18)
+++ v2 (2026-01-09)
@@ -863,51 +863,51 @@
   <si>
     <t>BIR 24</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>2-8-BIR 24 (2:59) 40-Dwight Parker ran to BIR 27 for 3 yards. Tackle by 52-Thomas Griffith.</t>
   </si>
   <si>
     <t>2:16</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>3-5-BIR 27 (2:15) 5-Marshall Summers pass Pass knocked down by 53-Anthony Torres. incomplete, intended for 81-Paul Degregorio.</t>
   </si>
   <si>
     <t>2:11</t>
   </si>
   <si>
     <t>4-5-BIR 27 (2:12) 13-Johnnie Downing punts 54 yards to VIN 19. 17-Kevin Flores to VIN 32 for 14 yards. Tackle by 67-Michael Richardson. VIN 38-David Morehouse was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#11 Johnnie Downing - P</t>
+    <t>#13 Johnnie Downing - P</t>
   </si>
   <si>
     <t>2:02</t>
   </si>
   <si>
     <t>VIN 32</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-VIN 32 (2:03) 4-Stuart Baker pass complete to 46-Andrew Aguilar to VIN 35 for 3 yards. Tackle by 29-Daniel Fletcher.</t>
   </si>
   <si>
     <t>1:26</t>
   </si>
   <si>
     <t>2-7-VIN 35 (1:25) 4-Stuart Baker pass complete to 81-Mark Coleman to BIR 49 for 16 yards. Tackle by 35-Michael Wilson.</t>
   </si>
   <si>
     <t>0:43</t>
   </si>