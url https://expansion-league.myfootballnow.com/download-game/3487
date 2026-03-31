--- v2 (2026-01-09)
+++ v3 (2026-03-31)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>VIN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>BIR</t>
   </si>
   <si>
     <t>BIR 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Dennis Cruz kicks 74 yards from BIR 35 to VIN -9. Touchback.</t>
   </si>
   <si>
     <t>#26 Thomas Kim - RB</t>
   </si>
   <si>
-    <t>#98 Alexander Siler - DT</t>
+    <t>#99 Alexander Siler - DT</t>
   </si>
   <si>
     <t>#91 Brett Martina - SLB</t>
   </si>
   <si>
     <t>#52 Thomas Griffith - SLB</t>
   </si>
   <si>
     <t>#38 David Morehouse - CB</t>
   </si>
   <si>
     <t>#44 John Jones - MLB</t>
   </si>
   <si>
     <t>#73 Tony Miller - LDE</t>
   </si>
   <si>
     <t>#39 Cyrus Sneed - SS</t>
   </si>
   <si>
     <t>#28 Jack Elizondo - CB</t>
   </si>
   <si>
     <t>#31 Roy Cruz - CB</t>
   </si>
@@ -356,90 +356,90 @@
   <si>
     <t>#4 Stuart Baker - QB</t>
   </si>
   <si>
     <t>#44 Andrew Aguilar - RB</t>
   </si>
   <si>
     <t>#86 David Stevens - TE</t>
   </si>
   <si>
     <t>#17 Kevin Flores - WR</t>
   </si>
   <si>
     <t>#17 Peter Reid - WR</t>
   </si>
   <si>
     <t>#41 Kenneth Artis - WR</t>
   </si>
   <si>
     <t>#56 Donald Wilson - LT</t>
   </si>
   <si>
     <t>#61 Frank Outlaw - LG</t>
   </si>
   <si>
-    <t>#60 Oscar Cade - C</t>
+    <t>#63 Oscar Cade - C</t>
   </si>
   <si>
     <t>#50 Leslie Cherry - RG</t>
   </si>
   <si>
     <t>#57 Sean Murray - RT</t>
   </si>
   <si>
     <t>#52 Bernard Dove - LDE</t>
   </si>
   <si>
     <t>#96 Randy Bunton - DT</t>
   </si>
   <si>
     <t>#55 Richard Garcia - DT</t>
   </si>
   <si>
-    <t>#69 Timothy Botello - RDE</t>
+    <t>#58 Timothy Botello - RDE</t>
   </si>
   <si>
     <t>#93 Clifford Lewis - MLB</t>
   </si>
   <si>
     <t>#99 Arthur Anding - WLB</t>
   </si>
   <si>
     <t>#27 Kevin Johnson - CB</t>
   </si>
   <si>
     <t>#44 Bart Smith - CB</t>
   </si>
   <si>
     <t>#38 Joseph Higgins - CB</t>
   </si>
   <si>
     <t>#29 Michael Wilson - SS</t>
   </si>
   <si>
-    <t>#24 Isaac Waddell - FS</t>
+    <t>#45 Isaac Waddell - FS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>VIN 36</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-VIN 36 (14:23) 4-Stuart Baker pass complete to 86-David Stevens to BIR 33 for 32 yards. Tackle by 24-Isaac Waddell.</t>
   </si>
   <si>
     <t>#88 Mark Coleman - TE</t>
   </si>
   <si>
     <t>#59 Gregory Fritz - SLB</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
@@ -473,69 +473,69 @@
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>BIR 19</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-BIR 19 (12:49) 35-Joshua Hurley ran to BIR 16 for 3 yards. Tackle by 52-Gregory Fritz.</t>
   </si>
   <si>
     <t>#27 Gregory King - FB</t>
   </si>
   <si>
     <t>#79 Valentin Singer - C</t>
   </si>
   <si>
     <t>#60 Anthony Johnson - LDE</t>
   </si>
   <si>
-    <t>#97 Wallace Jones - SLB</t>
+    <t>#55 Wallace Jones - SLB</t>
   </si>
   <si>
     <t>#26 Dustin Robles - SS</t>
   </si>
   <si>
     <t>12:05</t>
   </si>
   <si>
     <t>BIR 16</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>2-7-BIR 16 (12:04) 20-Thomas Kim ran to BIR 13 for 3 yards. Tackle by 35-Michael Wilson.</t>
   </si>
   <si>
-    <t>#94 Clifton Garcia - SLB</t>
+    <t>#99 Clifton Garcia - SLB</t>
   </si>
   <si>
     <t>11:31</t>
   </si>
   <si>
     <t>BIR 13</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>3-4-BIR 13 (11:30) 46-Andrew Aguilar ran to BIR 4 for 9 yards. Tackle by 22-Dustin Robles.</t>
   </si>
   <si>
     <t>10:57</t>
   </si>
   <si>
     <t>BIR 4</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
@@ -611,51 +611,51 @@
   <si>
     <t>#19 Marshall Summers - QB</t>
   </si>
   <si>
     <t>#34 David Allen - RB</t>
   </si>
   <si>
     <t>#42 Charles Shanley - RB</t>
   </si>
   <si>
     <t>#48 Sherman Blaylock - FB</t>
   </si>
   <si>
     <t>#86 Paul Degregorio - TE</t>
   </si>
   <si>
     <t>#84 Jonathan Allen - TE</t>
   </si>
   <si>
     <t>#78 Ralph Kendall - LT</t>
   </si>
   <si>
     <t>#77 John Hutchinson - LG</t>
   </si>
   <si>
-    <t>#66 John Lashbrook - C</t>
+    <t>#62 John Lashbrook - C</t>
   </si>
   <si>
     <t>#79 Gerry Barker - RG</t>
   </si>
   <si>
     <t>#73 Rodolfo Andrews - RT</t>
   </si>
   <si>
     <t>#77 Ricardo Smith - LDE</t>
   </si>
   <si>
     <t>#55 Leonard Berens - RDE</t>
   </si>
   <si>
     <t>#58 Willie Harris - DT</t>
   </si>
   <si>
     <t>#62 Preston Richard - DT</t>
   </si>
   <si>
     <t>#74 Kenny Acevedo - RDE</t>
   </si>
   <si>
     <t>#90 Jeff Hollingshead - WLB</t>
   </si>