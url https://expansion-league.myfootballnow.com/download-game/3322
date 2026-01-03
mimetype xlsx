--- v0 (2025-11-05)
+++ v1 (2026-01-03)
@@ -386,51 +386,51 @@
   <si>
     <t>#64 Daniel Roberts - DT</t>
   </si>
   <si>
     <t>#98 Donald Bassett - DT</t>
   </si>
   <si>
     <t>#76 Raymond Pinson - RDE</t>
   </si>
   <si>
     <t>#59 Gregory Fritz - SLB</t>
   </si>
   <si>
     <t>#56 Miguel Grise - SLB</t>
   </si>
   <si>
     <t>#97 Richard Hendrix - WLB</t>
   </si>
   <si>
     <t>#25 Louis Bright - CB</t>
   </si>
   <si>
     <t>#31 Joseph Foust - CB</t>
   </si>
   <si>
-    <t>#26 Pat Mota - CB</t>
+    <t>#26 Pat Mota - SS</t>
   </si>
   <si>
     <t>#41 Michael Miller - SS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>FCB 29</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>2-6-FCB 29 (14:21) 24-Richard Miller ran to FCB 36 for 8 yards. Tackle by 97-Richard Hendrix.</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>FCB 36</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>