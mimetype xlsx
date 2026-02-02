--- v1 (2026-01-03)
+++ v2 (2026-02-02)
@@ -551,51 +551,51 @@
   <si>
     <t>WFN 30</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-WFN 30 (9:30) 9-Edward Barfield 48 yard field goal is GOOD. WFN 0 FCB 3</t>
   </si>
   <si>
     <t>#12 Edward Barfield - K</t>
   </si>
   <si>
     <t>#55 Joshua Carter - C</t>
   </si>
   <si>
     <t>#76 Edward Moylan - RG</t>
   </si>
   <si>
     <t>#62 William Plowman - RG</t>
   </si>
   <si>
-    <t>#65 James Hoffer - DT</t>
+    <t>#90 James Hoffer - DT</t>
   </si>
   <si>
     <t>#75 Ramon Cashwell - LDE</t>
   </si>
   <si>
     <t>#69 Richard McKay - RT</t>
   </si>
   <si>
     <t>9:26</t>
   </si>
   <si>
     <t>FCB 35</t>
   </si>
   <si>
     <t>(9:27) 9-Edward Barfield kicks 69 yards from FCB 35 to WFN -4. Touchback.</t>
   </si>
   <si>
     <t>#48 Angel Mireles - RB</t>
   </si>
   <si>
     <t>WFN 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
@@ -842,51 +842,51 @@
   <si>
     <t>3:53</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-12-FCB 39 (3:54) 22-Rafael McMillin ran to FCB 30 for 9 yards. Tackle by 21-Christopher Brown.</t>
   </si>
   <si>
     <t>3:18</t>
   </si>
   <si>
     <t>FCB 30</t>
   </si>
   <si>
     <t>4-3-FCB 30 (3:17) 3-Jonathan Chalmers 48 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#8 Cletus Price - QB</t>
   </si>
   <si>
     <t>#71 Jack Daniels - RG</t>
   </si>
   <si>
-    <t>#94 Joel Holbrook - RDE</t>
+    <t>#56 Joel Holbrook - RDE</t>
   </si>
   <si>
     <t>#93 Carlos Smith - MLB</t>
   </si>
   <si>
     <t>3:13</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>1-10-FCB 37 (3:14) 24-Richard Miller ran to FCB 42 for 5 yards. Tackle by 50-Miguel Grise.</t>
   </si>
   <si>
     <t>2:35</t>
   </si>
   <si>
     <t>FCB 42</t>
   </si>
   <si>
     <t>2-5-FCB 42 (2:34) 24-Richard Miller ran to FCB 43 for 1 yards. Tackle by 26-Pat Mota.</t>
   </si>
   <si>
     <t>1:57</t>
   </si>