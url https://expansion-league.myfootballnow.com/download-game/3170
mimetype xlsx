--- v0 (2025-10-17)
+++ v1 (2025-11-07)
@@ -350,51 +350,51 @@
   <si>
     <t>46 Heavy 1 Deep SS MLB Blitz</t>
   </si>
   <si>
     <t>1-10-VIN 25 (15:00) 4-Stuart Baker pass complete to 11-Carl Mathis to VIN 28 for 3 yards. Tackle by 55-Christopher Sanchez. VAN 96-Jerry Young was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#4 Stuart Baker - QB</t>
   </si>
   <si>
     <t>#44 Andrew Aguilar - RB</t>
   </si>
   <si>
     <t>#27 Gregory King - FB</t>
   </si>
   <si>
     <t>#80 Casey Bloss - TE</t>
   </si>
   <si>
     <t>#82 Carl Mathis - WR</t>
   </si>
   <si>
     <t>#17 Kevin Flores - WR</t>
   </si>
   <si>
-    <t>#68 Donald Wilson - LT</t>
+    <t>#56 Donald Wilson - LT</t>
   </si>
   <si>
     <t>#56 Dustin Narvaez - LG</t>
   </si>
   <si>
     <t>#60 Oscar Cade - C</t>
   </si>
   <si>
     <t>#65 Frank Horton - RG</t>
   </si>
   <si>
     <t>#76 Walter Morales - RT</t>
   </si>
   <si>
     <t>#99 Marvin Loe - LDE</t>
   </si>
   <si>
     <t>#96 Scott Haney - DT</t>
   </si>
   <si>
     <t>#66 Jerry Young - DT</t>
   </si>
   <si>
     <t>#58 John Thomas - RDE</t>
   </si>