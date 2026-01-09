--- v1 (2025-11-07)
+++ v2 (2026-01-09)
@@ -383,51 +383,51 @@
   <si>
     <t>#65 Frank Horton - RG</t>
   </si>
   <si>
     <t>#76 Walter Morales - RT</t>
   </si>
   <si>
     <t>#99 Marvin Loe - LDE</t>
   </si>
   <si>
     <t>#96 Scott Haney - DT</t>
   </si>
   <si>
     <t>#66 Jerry Young - DT</t>
   </si>
   <si>
     <t>#58 John Thomas - RDE</t>
   </si>
   <si>
     <t>#55 Christopher Sanchez - WLB</t>
   </si>
   <si>
     <t>#69 Stephen Anderson - SLB</t>
   </si>
   <si>
-    <t>#59 William Simms - WLB</t>
+    <t>#90 William Simms - WLB</t>
   </si>
   <si>
     <t>#23 Jerry Villegas - CB</t>
   </si>
   <si>
     <t>#26 Del Hernandez - CB</t>
   </si>
   <si>
     <t>#35 George Vest - SS</t>
   </si>
   <si>
     <t>#43 Tyler Barden - FS</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>VIN 28</t>
   </si>
   <si>
     <t>Singleback Big WR Streaks</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
@@ -476,75 +476,75 @@
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>VIN 33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-VIN 33 (13:42) 9-Ryan Fife punts 46 yards to VAN 20. Fair Catch by 35-Andrew Lewis.</t>
   </si>
   <si>
     <t>#9 Ryan Fife - P</t>
   </si>
   <si>
     <t>#35 Andrew Lewis - RB</t>
   </si>
   <si>
     <t>#11 Zachary Blacker - WR</t>
   </si>
   <si>
-    <t>#58 Ted Spivey - RDE</t>
+    <t>#97 Ted Spivey - RDE</t>
   </si>
   <si>
     <t>#17 Henry Smith - WR</t>
   </si>
   <si>
     <t>#70 Jack Jacobs - RG</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>VAN 20</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-VAN 20 (13:35) 4-Mitchell Snow pass complete to 14-Peter Johnson to VAN 27 for 7 yards. Tackle by 28-Jack Elizondo.</t>
   </si>
   <si>
-    <t>#4 Mitchell Snow - QB</t>
+    <t>#8 Mitchell Snow - QB</t>
   </si>
   <si>
     <t>#30 Peter Wilson - RB</t>
   </si>
   <si>
     <t>#86 Raymond Williams - TE</t>
   </si>
   <si>
     <t>#88 Manuel Thornton - TE</t>
   </si>
   <si>
     <t>#14 Peter Johnson - WR</t>
   </si>
   <si>
     <t>#82 Jeffrey Pusey - WR</t>
   </si>
   <si>
     <t>#68 Jose Darden - LT</t>
   </si>
   <si>
     <t>#65 Steven An - LG</t>
   </si>
   <si>
     <t>#63 Dennis Greene - C</t>
   </si>