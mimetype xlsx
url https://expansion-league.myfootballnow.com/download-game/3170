--- v2 (2026-01-09)
+++ v3 (2026-03-31)
@@ -308,99 +308,99 @@
   <si>
     <t>#73 Tony Miller - LDE</t>
   </si>
   <si>
     <t>#38 David Morehouse - CB</t>
   </si>
   <si>
     <t>#52 Thomas Griffith - SLB</t>
   </si>
   <si>
     <t>#91 Brett Martina - SLB</t>
   </si>
   <si>
     <t>#44 John Jones - MLB</t>
   </si>
   <si>
     <t>#53 Anthony Torres - MLB</t>
   </si>
   <si>
     <t>#39 Cyrus Sneed - SS</t>
   </si>
   <si>
     <t>#28 Jack Elizondo - CB</t>
   </si>
   <si>
-    <t>#98 Alexander Siler - DT</t>
+    <t>#99 Alexander Siler - DT</t>
   </si>
   <si>
     <t>#98 Kenny Montemayor - WLB</t>
   </si>
   <si>
     <t>#5 Perry Whitfield - K</t>
   </si>
   <si>
     <t>VIN</t>
   </si>
   <si>
     <t>VIN 25</t>
   </si>
   <si>
     <t>Strong I Normal Quick Hooks</t>
   </si>
   <si>
     <t>46 Heavy 1 Deep SS MLB Blitz</t>
   </si>
   <si>
     <t>1-10-VIN 25 (15:00) 4-Stuart Baker pass complete to 11-Carl Mathis to VIN 28 for 3 yards. Tackle by 55-Christopher Sanchez. VAN 96-Jerry Young was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#4 Stuart Baker - QB</t>
   </si>
   <si>
     <t>#44 Andrew Aguilar - RB</t>
   </si>
   <si>
     <t>#27 Gregory King - FB</t>
   </si>
   <si>
     <t>#80 Casey Bloss - TE</t>
   </si>
   <si>
     <t>#82 Carl Mathis - WR</t>
   </si>
   <si>
     <t>#17 Kevin Flores - WR</t>
   </si>
   <si>
     <t>#56 Donald Wilson - LT</t>
   </si>
   <si>
     <t>#56 Dustin Narvaez - LG</t>
   </si>
   <si>
-    <t>#60 Oscar Cade - C</t>
+    <t>#63 Oscar Cade - C</t>
   </si>
   <si>
     <t>#65 Frank Horton - RG</t>
   </si>
   <si>
     <t>#76 Walter Morales - RT</t>
   </si>
   <si>
     <t>#99 Marvin Loe - LDE</t>
   </si>
   <si>
     <t>#96 Scott Haney - DT</t>
   </si>
   <si>
     <t>#66 Jerry Young - DT</t>
   </si>
   <si>
     <t>#58 John Thomas - RDE</t>
   </si>
   <si>
     <t>#55 Christopher Sanchez - WLB</t>
   </si>
   <si>
     <t>#69 Stephen Anderson - SLB</t>
   </si>