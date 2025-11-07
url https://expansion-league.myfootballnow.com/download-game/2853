--- v0 (2025-10-16)
+++ v1 (2025-11-07)
@@ -1004,51 +1004,51 @@
   <si>
     <t>1-10-TOM 0 (12:00) 2-Johnny Ringo pass complete to 89-Gary Cunha to TOM 8 for 7 yards. Tackle by 21-James Kane. BER 92-Jeremy Ligon was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:25</t>
   </si>
   <si>
     <t>TOM 8</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>2-3-TOM 8 (11:24) 42-Bobby Brunner ran to TOM 13 for 6 yards. Tackle by 37-James Reyna.</t>
   </si>
   <si>
     <t>10:49</t>
   </si>
   <si>
     <t>TOM 13</t>
   </si>
   <si>
     <t>1-10-TOM 13 (10:48) 42-Bobby Brunner ran to TOM 12 for -1 yards. Tackle by 50-Richard Rivera.</t>
   </si>
   <si>
-    <t>#50 Richard Rivera - WLB</t>
+    <t>#50 Richard Rivera - RDE</t>
   </si>
   <si>
     <t>10:16</t>
   </si>
   <si>
     <t>TOM 12</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>2-11-TOM 12 (10:15) 18-Edgar Tye ran to TOM 16 for 5 yards. Tackle by 21-James Kane.</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>TOM 16</t>
   </si>
   <si>
     <t>3-7-TOM 16 (9:33) 2-Johnny Ringo pass Pass knocked down by 51-Robert Morgan. incomplete, intended for 42-Bobby Brunner. 53-David McLean got away with a hold on that play.</t>
   </si>
   <si>
     <t>9:27</t>
   </si>