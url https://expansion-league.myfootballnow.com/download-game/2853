--- v1 (2025-11-07)
+++ v2 (2026-01-09)
@@ -458,51 +458,51 @@
   <si>
     <t>TOM 26</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-TOM 26 (13:32) 40-John Broadnax punts 49 yards to BER 25. 30-Bobby Pugh to BER 36 for 11 yards. Tackle by 52-Thomas Vincent. 46-Daniel Hutchinson completely missed his blocking assignment. TOM 55-Jeffrey Sadler was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#40 John Broadnax - P</t>
   </si>
   <si>
     <t>#29 Bobby Pugh - RB</t>
   </si>
   <si>
     <t>#21 James Kane - CB</t>
   </si>
   <si>
     <t>#54 Guillermo Bowden - WLB</t>
   </si>
   <si>
-    <t>#76 Nicholas Evans - RT</t>
+    <t>#67 Nicholas Evans - RT</t>
   </si>
   <si>
     <t>#61 Tyron Walker - LG</t>
   </si>
   <si>
     <t>#52 Pedro McIntosh - CB</t>
   </si>
   <si>
     <t>#55 Anthony Thibodeau - MLB</t>
   </si>
   <si>
     <t>13:22</t>
   </si>
   <si>
     <t>BER 36</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-BER 36 (13:23) 9-Jason Grounds pass Pass knocked down by 59-Sean Patchen. incomplete, intended for 87-Michael Hendricks. PENALTY - Pass Interference (TOM 59-Sean Patchen)</t>
   </si>
@@ -608,51 +608,51 @@
   <si>
     <t>3-13-BER 38 (12:34) 9-Jason Grounds ran to BER 40 for 2 yards. Tackle by 24-Joshua King.</t>
   </si>
   <si>
     <t>11:51</t>
   </si>
   <si>
     <t>BER 40</t>
   </si>
   <si>
     <t>4-11-BER 40 (11:50) 3-Christopher Koonce punts 45 yards to TOM 15.</t>
   </si>
   <si>
     <t>#3 Christopher Koonce - P</t>
   </si>
   <si>
     <t>#72 Daniel Camacho - LT</t>
   </si>
   <si>
     <t>#81 Garry Weathers - TE</t>
   </si>
   <si>
     <t>#79 Bruce Jordan - C</t>
   </si>
   <si>
-    <t>#72 James Gutierrez - LT</t>
+    <t>#75 James Gutierrez - LT</t>
   </si>
   <si>
     <t>11:40</t>
   </si>
   <si>
     <t>TOM 15</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>1-10-TOM 15 (11:41) 2-Johnny Ringo pass Pass knocked down by 37-James Reyna. incomplete, intended for 42-Bobby Brunner.</t>
   </si>
   <si>
     <t>#58 Rodney Greene - C</t>
   </si>
   <si>
     <t>11:37</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>2-10-TOM 15 (11:38) 2-Johnny Ringo pass complete to 42-Bobby Brunner to TOM 15 for a short gain. Tackle by 58-Chad Tammaro. BER 20-Joseph Kell was injured on the play. He looks like he should be able to return.</t>
   </si>