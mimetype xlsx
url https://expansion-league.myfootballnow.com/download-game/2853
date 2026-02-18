--- v2 (2026-01-09)
+++ v3 (2026-02-18)
@@ -512,51 +512,51 @@
   <si>
     <t>#23 Gary Oakes - FB</t>
   </si>
   <si>
     <t>#84 Michael Hendricks - TE</t>
   </si>
   <si>
     <t>#18 Andrew Lefevre - WR</t>
   </si>
   <si>
     <t>#82 Eddie Posey - WR</t>
   </si>
   <si>
     <t>#68 Daniel Hale - LT</t>
   </si>
   <si>
     <t>#65 Charles Pellegrino - C</t>
   </si>
   <si>
     <t>#73 Dwain Berwick - C</t>
   </si>
   <si>
     <t>#61 Darrell Izaguirre - C</t>
   </si>
   <si>
-    <t>#66 Craig Riley - C</t>
+    <t>#69 Craig Riley - LG</t>
   </si>
   <si>
     <t>#96 William Fields - DT</t>
   </si>
   <si>
     <t>#73 Daniel McCoy - DT</t>
   </si>
   <si>
     <t>#42 Sean Patchen - FS</t>
   </si>
   <si>
     <t>#46 Clifford Sims - CB</t>
   </si>
   <si>
     <t>#44 Jeffrey Stewart - CB</t>
   </si>
   <si>
     <t>#48 William Tews - FS</t>
   </si>
   <si>
     <t>13:20</t>
   </si>
   <si>
     <t>BER 41</t>
   </si>
@@ -638,51 +638,51 @@
   <si>
     <t>TOM 15</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>1-10-TOM 15 (11:41) 2-Johnny Ringo pass Pass knocked down by 37-James Reyna. incomplete, intended for 42-Bobby Brunner.</t>
   </si>
   <si>
     <t>#58 Rodney Greene - C</t>
   </si>
   <si>
     <t>11:37</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>2-10-TOM 15 (11:38) 2-Johnny Ringo pass complete to 42-Bobby Brunner to TOM 15 for a short gain. Tackle by 58-Chad Tammaro. BER 20-Joseph Kell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#29 Warren Conley - RB</t>
   </si>
   <si>
-    <t>#82 Richard King - WR</t>
+    <t>#19 Richard King - WR</t>
   </si>
   <si>
     <t>#42 John Lafferty - FS</t>
   </si>
   <si>
     <t>10:55</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-10-TOM 15 (10:54) 2-Johnny Ringo pass complete to 83-Kris Peck to TOM 26 for 10 yards. Tackle by 51-Robert Morgan.</t>
   </si>
   <si>
     <t>#75 Mitchel Windham - LG</t>
   </si>
   <si>
     <t>10:21</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>