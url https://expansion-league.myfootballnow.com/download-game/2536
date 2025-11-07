--- v0 (2025-10-16)
+++ v1 (2025-11-07)
@@ -317,54 +317,54 @@
   <si>
     <t>#90 Randall Browne - RDE</t>
   </si>
   <si>
     <t>#20 Leon White - CB</t>
   </si>
   <si>
     <t>#45 Seymour Joyner - CB</t>
   </si>
   <si>
     <t>#97 Kris Murphy - DT</t>
   </si>
   <si>
     <t>#38 Gregory McCarty - CB</t>
   </si>
   <si>
     <t>#46 Anthony Wilcoxen - CB</t>
   </si>
   <si>
     <t>#66 David Shapiro - LDE</t>
   </si>
   <si>
     <t>#17 Dennis Marks - K</t>
   </si>
   <si>
-    <t>ALB</t>
-[...2 lines deleted...]
-    <t>ALB 25</t>
+    <t>VOO</t>
+  </si>
+  <si>
+    <t>VOO 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
   <si>
     <t>1-10-ALB 25 (15:00) 40-Troy Watts ran to ALB 32 for 7 yards. Tackle by 93-Claude Hill.</t>
   </si>
   <si>
     <t>#6 Michael Nevarez - QB</t>
   </si>
   <si>
     <t>#40 Troy Watts - RB</t>
   </si>
   <si>
     <t>#31 Augustine Neff - FB</t>
   </si>
   <si>
     <t>#10 Blaine Barrows - WR</t>
   </si>
   <si>
     <t>#82 Bradford Fulk - WR</t>
   </si>
@@ -401,138 +401,138 @@
   <si>
     <t>#50 Ryan Rogers - MLB</t>
   </si>
   <si>
     <t>#93 Claude Hill - MLB</t>
   </si>
   <si>
     <t>#2 Steven Feller - CB</t>
   </si>
   <si>
     <t>#1 Samuel Shoemake - CB</t>
   </si>
   <si>
     <t>#21 Robert Lowe - CB</t>
   </si>
   <si>
     <t>#23 Richard Williams - SS</t>
   </si>
   <si>
     <t>#31 Roy Cruz - CB</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
-    <t>ALB 32</t>
+    <t>VOO 32</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-3-ALB 32 (14:15) 9-Michael Nevarez pass complete to 81-Frank Nelson to ALB 38 for 6 yards. Tackle by 96-Clinton Davis.</t>
   </si>
   <si>
     <t>#38 Hector Richardson - FB</t>
   </si>
   <si>
     <t>#81 Frank Nelson - TE</t>
   </si>
   <si>
     <t>#83 Ryan Moore - TE</t>
   </si>
   <si>
     <t>#99 Marvin Loe - LDE</t>
   </si>
   <si>
     <t>#57 James Kane - SLB</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
-    <t>ALB 38</t>
+    <t>VOO 38</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>1-10-ALB 38 (13:30) 40-Troy Watts ran to ALB 44 for 6 yards. Tackle by 54-Ryan Rogers.</t>
   </si>
   <si>
     <t>#78 Arthur Doyle - LDE</t>
   </si>
   <si>
     <t>#24 Thomas Simpson - CB</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
-    <t>ALB 44</t>
+    <t>VOO 44</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Under Zone Blitz</t>
   </si>
   <si>
     <t>2-4-ALB 44 (12:52) 9-Michael Nevarez pass complete to 81-Frank Nelson to ALB 48 for 4 yards. Tackle by 91-Donald Seymour.</t>
   </si>
   <si>
     <t>#22 Bruce French - WR</t>
   </si>
   <si>
     <t>#95 Robert Willhite - WLB</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
-    <t>ALB 48</t>
+    <t>VOO 48</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-ALB 48 (12:18) 22-Bruce French ran to ALB 49 for 1 yards. Tackle by 76-Chester Mitchell.</t>
   </si>
   <si>
     <t>#49 Brian Miller - CB</t>
   </si>
   <si>
     <t>11:46</t>
   </si>
   <si>
-    <t>ALB 49</t>
+    <t>VOO 49</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>2-9-ALB 49 (11:45) 22-Bruce French ran to HMB 38 for 13 yards. Tackle by 23-Richard Williams.</t>
   </si>
   <si>
     <t>11:10</t>
   </si>
   <si>
     <t>HMB 38</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-HMB 38 (11:09) 9-Michael Nevarez pass complete to 40-Troy Watts to HMB 33 for 5 yards. Tackle by 40-Thomas Simpson.</t>
   </si>
   <si>
     <t>10:26</t>
   </si>
@@ -644,96 +644,96 @@
   <si>
     <t>HMB 9</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-6-HMB 9 (6:19) 7-Michael Crowley 27 yard field goal is GOOD. HMB 0 ALB 3</t>
   </si>
   <si>
     <t>#2 Thomas Derr - QB</t>
   </si>
   <si>
     <t>#64 Wayne Brothers - C</t>
   </si>
   <si>
     <t>#7 Michael Crowley - K</t>
   </si>
   <si>
     <t>#88 Joe Lasky - LT</t>
   </si>
   <si>
-    <t>#82 Bryan Lewis - C</t>
+    <t>#77 Bryan Lewis - C</t>
   </si>
   <si>
     <t>#89 Charles Feltner - TE</t>
   </si>
   <si>
     <t>#53 Charles Collins - LDE</t>
   </si>
   <si>
     <t>#68 Jeff Hanna - LDE</t>
   </si>
   <si>
     <t>6:16</t>
   </si>
   <si>
-    <t>ALB 35</t>
+    <t>VOO 35</t>
   </si>
   <si>
     <t>(6:17) 19-Steven Brown kicks 75 yards from ALB 35 to HMB -10. Touchback.</t>
   </si>
   <si>
     <t>#39 Delbert Johnson - RB</t>
   </si>
   <si>
     <t>#84 Joseph Barreto - WR</t>
   </si>
   <si>
     <t>#19 Steven Brown - K</t>
   </si>
   <si>
     <t>HMB 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-HMB 25 (6:17) 4-Benjamin Reynolds ran to HMB 29 for 4 yards. Tackle by 93-Ronnie Ayala.</t>
   </si>
   <si>
     <t>#16 Raymond Levin - QB</t>
   </si>
   <si>
-    <t>#33 Benjamin Reynolds - RB</t>
+    <t>#46 Benjamin Reynolds - RB</t>
   </si>
   <si>
     <t>#81 Edward Klein - TE</t>
   </si>
   <si>
     <t>#20 David Shrum - RB</t>
   </si>
   <si>
     <t>#31 Luis Killian - RB</t>
   </si>
   <si>
     <t>#48 Sherman Blaylock - FB</t>
   </si>
   <si>
     <t>#71 Steve Amato - LT</t>
   </si>
   <si>
     <t>#65 Victor Martin - RT</t>
   </si>
   <si>
     <t>#79 Thomas Pimental - C</t>
   </si>
   <si>
     <t>#70 Frank Marshall - LT</t>
   </si>
@@ -794,132 +794,132 @@
   <si>
     <t>Singleback Normal All Go</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-8-HMB 38 (4:09) 13-Raymond Levin pass complete to 4-Benjamin Reynolds to ALB 48 for 14 yards. Tackle by 30-Gary Neal.</t>
   </si>
   <si>
     <t>3:23</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-ALB 48 (3:22) 39-Delbert Johnson ran to ALB 34 for 13 yards. Tackle by 20-Leon White.</t>
   </si>
   <si>
     <t>#83 Anthony Hein - WR</t>
   </si>
   <si>
     <t>2:38</t>
   </si>
   <si>
-    <t>ALB 34</t>
+    <t>VOO 34</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-ALB 34 (2:37) 13-Raymond Levin pass Pass knocked down by 30-Gary Neal. incomplete, intended for 11-David Raymond. HMB 61-Frank Marshall was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#11 David Raymond - WR</t>
   </si>
   <si>
     <t>#99 Charles Henry - WLB</t>
   </si>
   <si>
     <t>2:34</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-10-ALB 34 (2:35) 13-Raymond Levin pass Pass knocked down by 93-Ronnie Ayala. incomplete, intended for 86-Sherman Blaylock.</t>
   </si>
   <si>
     <t>#77 Maximo Febus - LG</t>
   </si>
   <si>
     <t>2:31</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>3-10-ALB 34 (2:32) 13-Raymond Levin pass complete to 44-David Shrum to ALB 33 for 2 yards. Tackle by 27-Gregory McCarty.</t>
   </si>
   <si>
     <t>#34 Brandon Norton - RB</t>
   </si>
   <si>
     <t>1:53</t>
   </si>
   <si>
-    <t>ALB 33</t>
+    <t>VOO 33</t>
   </si>
   <si>
     <t>4-8-ALB 33 (1:52) 17-Dennis Marks 50 yard field goal is GOOD. HMB 3 ALB 3</t>
   </si>
   <si>
     <t>#14 Thomas Mendez - QB</t>
   </si>
   <si>
     <t>#67 Robert Ducharme - RG</t>
   </si>
   <si>
     <t>#78 Stanley Browder - LT</t>
   </si>
   <si>
-    <t>#68 Michael McKay - DT</t>
+    <t>#79 Michael McKay - DT</t>
   </si>
   <si>
     <t>1:47</t>
   </si>
   <si>
     <t>(1:48) 17-Dennis Marks kicks 74 yards from HMB 35 to ALB -9. Touchback.</t>
   </si>
   <si>
     <t>#76 Gerald Bohon - RT</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-ALB 25 (1:48) 40-Troy Watts ran to ALB 28 for 3 yards. Tackle by 57-James Kane. HMB 1-Samuel Shoemake was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>1:14</t>
   </si>
   <si>
-    <t>ALB 28</t>
+    <t>VOO 28</t>
   </si>
   <si>
     <t>2-7-ALB 28 (1:13) 40-Troy Watts ran to ALB 32 for 4 yards. Tackle by 42-Roy Cruz.</t>
   </si>
   <si>
     <t>0:37</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>3-3-ALB 32 (0:36) 9-Michael Nevarez pass complete to 22-Bruce French to ALB 48 for 17 yards.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
@@ -1046,153 +1046,153 @@
   <si>
     <t>7:21</t>
   </si>
   <si>
     <t>HMB 42</t>
   </si>
   <si>
     <t>1-10-HMB 42 (7:20) 13-Raymond Levin pass complete to 82-Luis Killian to HMB 49 for 7 yards. Tackle by 27-Gregory McCarty.</t>
   </si>
   <si>
     <t>6:39</t>
   </si>
   <si>
     <t>HMB 49</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>2-3-HMB 49 (6:38) 39-Delbert Johnson ran to ALB 45 for 6 yards. Tackle by 30-Gary Neal. ALB 46-Anthony Wilcoxen was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:54</t>
   </si>
   <si>
-    <t>ALB 45</t>
+    <t>VOO 45</t>
   </si>
   <si>
     <t>1-10-ALB 45 (5:53) 13-Raymond Levin pass Pass knocked down by 35-Fernando Starkey. incomplete, intended for 4-Benjamin Reynolds.</t>
   </si>
   <si>
     <t>5:49</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep MLB Blitz</t>
   </si>
   <si>
     <t>2-10-ALB 45 (5:50) 13-Raymond Levin pass complete to 39-Delbert Johnson to ALB 33 for 12 yards. Tackle by 45-Seymour Joyner.</t>
   </si>
   <si>
     <t>5:09</t>
   </si>
   <si>
     <t>1-10-ALB 33 (5:08) 34-Brandon Norton ran to ALB 29 for 5 yards. Tackle by 27-Gregory McCarty. HMB 80-Victor Saunders was injured on the play. He looks like he should be able to return. ALB 99-Charles Henry was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:28</t>
   </si>
   <si>
-    <t>ALB 29</t>
+    <t>VOO 29</t>
   </si>
   <si>
     <t>2-5-ALB 29 (4:27) 13-Raymond Levin pass complete to 4-Benjamin Reynolds to ALB 27 for 2 yards. Tackle by 51-Dominick Goins. 4-Benjamin Reynolds breaks down the CB.</t>
   </si>
   <si>
     <t>3:44</t>
   </si>
   <si>
-    <t>ALB 27</t>
+    <t>VOO 27</t>
   </si>
   <si>
     <t>3-4-ALB 27 (3:43) 39-Delbert Johnson ran to ALB 26 for 1 yards. Tackle by 51-Dominick Goins.</t>
   </si>
   <si>
     <t>2:59</t>
   </si>
   <si>
-    <t>ALB 26</t>
+    <t>VOO 26</t>
   </si>
   <si>
     <t>4-2-ALB 26 (2:58) 17-Dennis Marks 43 yard field goal is GOOD. HMB 6 ALB 6</t>
   </si>
   <si>
     <t>2:54</t>
   </si>
   <si>
     <t>(2:55) 17-Dennis Marks kicks 73 yards from HMB 35 to ALB -8. Touchback.</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>1-10-ALB 25 (2:55) 9-Michael Nevarez pass complete to 17-Francisco Craig to ALB 31 for 6 yards. Tackle by 93-Claude Hill. Pressure by 21-Robert Lowe.</t>
   </si>
   <si>
     <t>2:14</t>
   </si>
   <si>
-    <t>ALB 31</t>
+    <t>VOO 31</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>2-4-ALB 31 (2:13) 9-Michael Nevarez pass complete to 10-Blaine Barrows to ALB 39 for 9 yards. Tackle by 40-Thomas Simpson.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
-    <t>ALB 39</t>
+    <t>VOO 39</t>
   </si>
   <si>
     <t>1-10-ALB 39 (2:00) 9-Michael Nevarez pass Pass knocked down by 42-Roy Cruz. incomplete, intended for 17-Francisco Craig.</t>
   </si>
   <si>
     <t>1:56</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-10-ALB 39 (1:57) 9-Michael Nevarez pass complete to 40-Troy Watts to ALB 46 for 7 yards. Tackle by 93-Claude Hill.</t>
   </si>
   <si>
     <t>Timeout ALB</t>
   </si>
   <si>
     <t>1:50</t>
   </si>
   <si>
-    <t>ALB 46</t>
+    <t>VOO 46</t>
   </si>
   <si>
     <t>3-3-ALB 46 (1:51) 9-Michael Nevarez pass Pass knocked down by 21-Robert Lowe. incomplete, intended for 18-Bradford Fulk. PENALTY - Pass Interference (HMB 21-Robert Lowe)</t>
   </si>
   <si>
     <t>1:46</t>
   </si>
   <si>
     <t>HMB 46</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>1-10-HMB 46 (1:47) 9-Michael Nevarez pass Pass knocked down by 93-Claude Hill. incomplete, intended for 40-Troy Watts.</t>
   </si>
   <si>
     <t>1:44</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>2-10-HMB 46 (1:45) 9-Michael Nevarez pass Pass knocked down by 93-Claude Hill. incomplete, intended for 81-Frank Nelson. HMB 94-Stephen Davis was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -1292,51 +1292,51 @@
   <si>
     <t>Strong I Normal PA All Go</t>
   </si>
   <si>
     <t>3-15-HMB 20 (13:45) 13-Raymond Levin sacked at HMB 17 for -3 yards (66-David Shapiro). Sack allowed by 68-Steve Amato.</t>
   </si>
   <si>
     <t>13:10</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-18-HMB 17 (13:09) 19-Jerry Haring punts 49 yards to ALB 35. 26-Roger Nix to ALB 43 for 8 yards. Tackle by 68-Steve Amato.</t>
   </si>
   <si>
     <t>#19 Jerry Haring - P</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
-    <t>ALB 43</t>
+    <t>VOO 43</t>
   </si>
   <si>
     <t>1-10-ALB 43 (13:00) 40-Troy Watts ran to HMB 47 for 11 yards. Tackle by 1-Samuel Shoemake.</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>HMB 47</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>1-10-HMB 47 (12:20) 9-Michael Nevarez sacked at ALB 46 for -7 yards (96-Clinton Davis). Sack allowed by 57-Blake Adam.</t>
   </si>
   <si>
     <t>11:40</t>
   </si>
   <si>
     <t>2-17-ALB 46 (11:39) 9-Michael Nevarez pass complete to 18-Bradford Fulk to HMB 49 for 5 yards. Tackle by 93-Claude Hill.</t>
   </si>
   <si>
     <t>11:03</t>
   </si>
@@ -1376,84 +1376,84 @@
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>2-4-HMB 38 (9:01) 39-Delbert Johnson ran to ALB 27 for 35 yards.</t>
   </si>
   <si>
     <t>8:14</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>1-10-ALB 27 (8:13) 34-Brandon Norton ran to ALB 23 for 3 yards. Tackle by 45-Seymour Joyner.</t>
   </si>
   <si>
     <t>7:34</t>
   </si>
   <si>
-    <t>ALB 23</t>
+    <t>VOO 23</t>
   </si>
   <si>
     <t>2-7-ALB 23 (7:33) 4-Benjamin Reynolds ran to ALB 29 for -5 yards. Tackle by 99-Charles Henry.</t>
   </si>
   <si>
     <t>6:54</t>
   </si>
   <si>
     <t>3-12-ALB 29 (6:53) 13-Raymond Levin pass Pass knocked down by 51-Dominick Goins. incomplete, intended for 18-Joseph Barreto.</t>
   </si>
   <si>
     <t>6:48</t>
   </si>
   <si>
     <t>4-12-ALB 29 (6:49) 17-Dennis Marks 46 yard field goal is NO GOOD. (Wide Left)</t>
   </si>
   <si>
     <t>6:45</t>
   </si>
   <si>
-    <t>ALB 36</t>
+    <t>VOO 36</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>1-10-ALB 36 (6:46) 9-Michael Nevarez pass INTERCEPTED by 93-Claude Hill at ALB 42. 93-Claude Hill to ALB 41 for 1 yards. Tackle by 40-Troy Watts.</t>
   </si>
   <si>
     <t>6:42</t>
   </si>
   <si>
-    <t>ALB 41</t>
+    <t>VOO 41</t>
   </si>
   <si>
     <t>1-10-ALB 41 (6:43) 4-Benjamin Reynolds ran to ALB 35 for 6 yards. Tackle by 30-Gary Neal.</t>
   </si>
   <si>
     <t>5:59</t>
   </si>
   <si>
     <t>2-4-ALB 35 (5:58) 4-Benjamin Reynolds ran to ALB 27 for 8 yards. Tackle by 46-Anthony Wilcoxen. HMB 79-Thomas Pimental was injured on the play. He looks like he should be able to return. ALB 20-Leon White was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:23</t>
   </si>
   <si>
     <t>1-10-ALB 27 (5:22) 13-Raymond Levin pass complete to 39-Delbert Johnson to ALB 23 for 5 yards. Tackle by 93-Ronnie Ayala.</t>
   </si>
   <si>
     <t>4:47</t>
   </si>
   <si>
     <t>2-5-ALB 23 (4:46) PENALTY - False Start (HMB 80-Victor Saunders)</t>
   </si>
   <si>
     <t>4:45</t>
   </si>
@@ -1532,51 +1532,51 @@
   <si>
     <t>1-10-ALB 43 (1:44) 13-Raymond Levin pass complete to 11-David Raymond to ALB 36 for 7 yards. Tackle by 27-Gregory McCarty.</t>
   </si>
   <si>
     <t>1:00</t>
   </si>
   <si>
     <t>2-3-ALB 36 (0:59) 13-Raymond Levin pass complete to 44-David Shrum to ALB 38 for -2 yards. Tackle by 94-Randall Browne.</t>
   </si>
   <si>
     <t>3-5-ALB 38 (0:23) 13-Raymond Levin pass incomplete, dropped by 4-Benjamin Reynolds. Pressure by 64-Daniel Roberts. 99-Charles Henry got away with a hold on that play.</t>
   </si>
   <si>
     <t>0:18</t>
   </si>
   <si>
     <t>4-5-ALB 38 (0:19) PENALTY - False Start (HMB 65-Victor Martin)</t>
   </si>
   <si>
     <t>4-10-ALB 43 (0:19) 17-Dennis Marks 60 yard field goal is NO GOOD. (Short)</t>
   </si>
   <si>
     <t>0:14</t>
   </si>
   <si>
-    <t>ALB 50</t>
+    <t>VOO 50</t>
   </si>
   <si>
     <t>1-10-ALB 50 (0:15) 9-Michael Nevarez pass Pass knocked down by 91-Donald Seymour. incomplete, intended for 81-Frank Nelson. ALB 40-Troy Watts was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:09</t>
   </si>
   <si>
     <t>2-10-ALB 50 (0:10) 9-Michael Nevarez pass complete to 10-Blaine Barrows to HMB 38 for 12 yards. Tackle by 93-Claude Hill.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>1-10-HMB 38 (15:00) 22-Bruce French ran to HMB 38 for a short gain. Tackle by 59-Robert Willhite.</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>2-10-HMB 38 (14:24) PENALTY - False Start (ALB 9-Michael Nevarez)</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
@@ -1616,93 +1616,93 @@
   <si>
     <t>1-10-HMB 31 (12:51) 13-Raymond Levin pass complete to 81-Thomas Burkett to HMB 47 for 17 yards. 81-Thomas Burkett had to slow down a little to make that catch. Tackle by 35-Fernando Starkey. Pressure by 66-David Shapiro.</t>
   </si>
   <si>
     <t>12:05</t>
   </si>
   <si>
     <t>1-10-HMB 47 (12:04) 13-Raymond Levin pass Pass knocked down by 99-Charles Henry. incomplete, intended for 88-Anthony Hein.</t>
   </si>
   <si>
     <t>11:59</t>
   </si>
   <si>
     <t>2-10-HMB 47 (12:00) 13-Raymond Levin pass complete to 86-Sherman Blaylock to ALB 45 for 7 yards. Tackle by 35-Fernando Starkey. ALB 93-Ronnie Ayala was injured on the play.</t>
   </si>
   <si>
     <t>11:17</t>
   </si>
   <si>
     <t>3-3-ALB 45 (11:16) 39-Delbert Johnson ran to ALB 42 for 3 yards. Tackle by 52-John Edmonds.</t>
   </si>
   <si>
     <t>10:41</t>
   </si>
   <si>
-    <t>ALB 42</t>
+    <t>VOO 42</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>1-10-ALB 42 (10:40) 39-Delbert Johnson ran to ALB 34 for 8 yards. Tackle by 45-Seymour Joyner.</t>
   </si>
   <si>
     <t>9:55</t>
   </si>
   <si>
     <t>2-2-ALB 34 (9:54) 4-Benjamin Reynolds ran to ALB 24 for 10 yards. Tackle by 30-Gary Neal.</t>
   </si>
   <si>
     <t>9:13</t>
   </si>
   <si>
-    <t>ALB 24</t>
+    <t>VOO 24</t>
   </si>
   <si>
     <t>1-10-ALB 24 (9:12) 13-Raymond Levin pass Pass knocked down by 20-Leon White. incomplete, intended for 88-Anthony Hein.</t>
   </si>
   <si>
     <t>9:08</t>
   </si>
   <si>
     <t>2-10-ALB 24 (9:09) 34-Brandon Norton ran to ALB 22 for 2 yards. Tackle by 64-Daniel Roberts.</t>
   </si>
   <si>
     <t>8:32</t>
   </si>
   <si>
-    <t>ALB 22</t>
+    <t>VOO 22</t>
   </si>
   <si>
     <t>3-8-ALB 22 (8:31) 39-Delbert Johnson ran to ALB 19 for 3 yards. Tackle by 99-Charles Henry.</t>
   </si>
   <si>
     <t>7:48</t>
   </si>
   <si>
-    <t>ALB 19</t>
+    <t>VOO 19</t>
   </si>
   <si>
     <t>4-4-ALB 19 (7:47) 17-Dennis Marks 36 yard field goal is GOOD. HMB 12 ALB 9</t>
   </si>
   <si>
     <t>7:44</t>
   </si>
   <si>
     <t>(7:45) 17-Dennis Marks kicks 74 yards from HMB 35 to ALB -9. Touchback.</t>
   </si>
   <si>
     <t>#63 Thomas Hale - RT</t>
   </si>
   <si>
     <t>1-10-ALB 25 (7:45) 9-Michael Nevarez pass complete to 81-Frank Nelson to ALB 29 for 4 yards. Tackle by 1-Samuel Shoemake.</t>
   </si>
   <si>
     <t>7:03</t>
   </si>
   <si>
     <t>2-6-ALB 29 (7:02) 9-Michael Nevarez pass complete to 40-Troy Watts to ALB 33 for 3 yards. Tackle by 2-Steven Feller. PENALTY - Holding (ALB 57-Blake Adam)</t>
   </si>
   <si>
     <t>6:58</t>
   </si>