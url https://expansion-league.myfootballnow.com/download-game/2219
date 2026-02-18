--- v0 (2025-10-16)
+++ v1 (2026-02-18)
@@ -800,51 +800,51 @@
   <si>
     <t>4:45</t>
   </si>
   <si>
     <t>MAC 38</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>1-10-MAC 38 (4:44) 3-Byron Smith pass complete to 15-Johnathan Myers to MAC 47 for 9 yards. Tackle by 39-Jeffrey Turner. MAC 55-Chad Rhode was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:08</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-1-MAC 47 (4:07) 43-Alexander Simmons ran to MAC 50 for 3 yards. Tackle by 55-Christopher Sanchez.</t>
   </si>
   <si>
-    <t>#77 James Seitz - LT</t>
+    <t>#61 James Seitz - LT</t>
   </si>
   <si>
     <t>3:31</t>
   </si>
   <si>
     <t>MAC 50</t>
   </si>
   <si>
     <t>1-10-MAC 50 (3:30) 3-Byron Smith sacked at MAC 40 for -9 yards (99-Manuel Caro). Sack allowed by 52-Jeremy Cameron.</t>
   </si>
   <si>
     <t>2:50</t>
   </si>
   <si>
     <t>MAC 40</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone</t>
   </si>
   <si>
     <t>2-19-MAC 40 (2:49) 3-Byron Smith pass incomplete, dropped by 84-Michael Mason.</t>
   </si>