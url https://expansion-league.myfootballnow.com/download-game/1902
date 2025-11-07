--- v0 (2025-10-17)
+++ v1 (2025-11-07)
@@ -314,51 +314,51 @@
   <si>
     <t>#20 Randall Bennett - CB</t>
   </si>
   <si>
     <t>#47 August Hansen - CB</t>
   </si>
   <si>
     <t>#50 Ryan Rogers - MLB</t>
   </si>
   <si>
     <t>#98 Clinton Davis - RDE</t>
   </si>
   <si>
     <t>#94 Stephen Davis - DT</t>
   </si>
   <si>
     <t>#45 Lee Hudson - CB</t>
   </si>
   <si>
     <t>#73 Chester Mitchell - RDE</t>
   </si>
   <si>
     <t>#52 Donald Seymour - RDE</t>
   </si>
   <si>
-    <t>#7 Robert Albright - K</t>
+    <t>#14 Robert Albright - K</t>
   </si>
   <si>
     <t>HMB</t>
   </si>
   <si>
     <t>HMB 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Blitz CB SS LB Blitz</t>
   </si>
   <si>
     <t>1-10-HMB 25 (15:00) 27-Cesar Whitehead ran to HMB 28 for 3 yards. Tackle by 43-Joe Worden.</t>
   </si>
   <si>
     <t>#18 Bradley Harkless - QB</t>
   </si>
   <si>
     <t>#22 Cesar Whitehead - RB</t>
   </si>
   <si>
     <t>#44 Mark Zapata - RB</t>
   </si>
@@ -2192,52 +2192,52 @@
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>