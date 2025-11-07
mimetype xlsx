--- v0 (2025-10-16)
+++ v1 (2025-11-07)
@@ -314,51 +314,51 @@
   <si>
     <t>#38 Joseph Haas - CB</t>
   </si>
   <si>
     <t>#37 James Cardoza - FS</t>
   </si>
   <si>
     <t>#23 Robert Lopez - CB</t>
   </si>
   <si>
     <t>#29 Keith Hensley - SS</t>
   </si>
   <si>
     <t>#33 Isaiah Bishop - FS</t>
   </si>
   <si>
     <t>#45 Nicholas Steed - CB</t>
   </si>
   <si>
     <t>#29 Francis Bruce - CB</t>
   </si>
   <si>
     <t>#97 Ronald Chambers - MLB</t>
   </si>
   <si>
-    <t>#7 Robert Albright - K</t>
+    <t>#14 Robert Albright - K</t>
   </si>
   <si>
     <t>STV</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>STV 27</t>
   </si>
   <si>
     <t>Weak I Big HB Lead Toss Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-MUN 27 (14:55) 36-Andrew Gorski ran to MUN 35 for 8 yards. Tackle by 51-James Kane.</t>
   </si>
   <si>
     <t>#16 Raymond Levin - QB</t>
   </si>
   <si>
     <t>#36 Andrew Gorski - WR</t>
   </si>
@@ -2210,52 +2210,52 @@
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>