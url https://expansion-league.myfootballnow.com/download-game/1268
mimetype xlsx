--- v0 (2025-10-17)
+++ v1 (2026-01-09)
@@ -797,51 +797,51 @@
   <si>
     <t>(4:42) Extra point GOOD by 11-Leroy Carnes. HAR 50-Kent Talavera was injured on the play. He looks like he should be able to return. HAR 0 MAC 10</t>
   </si>
   <si>
     <t>(4:42) 11-Leroy Carnes kicks 74 yards from MAC 35 to HAR -9. Touchback.</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>1-10-HAR 25 (4:42) 48-John Commons ran to HAR 23 for -2 yards. Tackle by 36-John Lafferty. HAR 61-Seth Cummings was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:01</t>
   </si>
   <si>
     <t>HAR 23</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>2-12-HAR 23 (4:00) 48-John Commons ran to HAR 28 for 5 yards. Tackle by 41-Paul Morris.</t>
   </si>
   <si>
-    <t>#78 Conrad Payne - C</t>
+    <t>#72 Conrad Payne - C</t>
   </si>
   <si>
     <t>3:21</t>
   </si>
   <si>
     <t>HAR 28</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Right</t>
   </si>
   <si>
     <t>3-7-HAR 28 (3:20) 24-Mark Olsen ran to HAR 29 for 1 yards. Tackle by 95-Bernard Austin.</t>
   </si>
   <si>
     <t>2:40</t>
   </si>
   <si>
     <t>HAR 29</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>